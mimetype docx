--- v0 (2025-10-28)
+++ v1 (2026-02-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="78175AC5" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00600AFC">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>富事協様式第</w:t>
       </w:r>
       <w:r w:rsidR="00A4441C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>４</w:t>
       </w:r>
       <w:r w:rsidR="00875BEB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>号</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="330228C9" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491" w:rsidP="001678EC">
       <w:pPr>
         <w:spacing w:afterLines="50" w:after="120"/>
         <w:jc w:val="center"/>
@@ -121,59 +121,107 @@
               <w:t>登録通知書・登録申請書副本など必要書類を添えて届け出ます。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="525DE7AD" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491"/>
           <w:p w14:paraId="778DA83E" w14:textId="545391D1" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidR="00CE4C60">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>令和</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　年　　月　　日</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="107C4EE8" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491"/>
-          <w:p w14:paraId="0BEBE1D7" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
+          <w:p w14:paraId="0BEBE1D7" w14:textId="2971922B" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t xml:space="preserve">届出者　住所（〒　　　－　　　　）　　　　　　　</w:t>
+              <w:t>届出者　住所</w:t>
+            </w:r>
+            <w:r w:rsidR="007B39D6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>〒</w:t>
+            </w:r>
+            <w:r w:rsidR="007B39D6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="007B39D6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="007B39D6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7343BA7C" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08562EE5" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D51C6CE" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">ＴＥＬ（　　　　）　　　－　　　　　</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7544AED7" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
@@ -301,67 +349,51 @@
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="sum height 0 #0"/>
                         <v:f eqn="prod @0 2929 10000"/>
                         <v:f eqn="sum width 0 @3"/>
                         <v:f eqn="sum height 0 @3"/>
                         <v:f eqn="val width"/>
                         <v:f eqn="val height"/>
                         <v:f eqn="prod width 1 2"/>
                         <v:f eqn="prod height 1 2"/>
                       </v:formulas>
                       <v:path o:extrusionok="f" gradientshapeok="t" limo="10800,10800" o:connecttype="custom" o:connectlocs="@8,0;0,@9;@8,@7;@6,@9" textboxrect="@3,@3,@4,@5"/>
                       <v:handles>
                         <v:h position="#0,topLeft" switch="" xrange="0,10800"/>
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="AutoShape 2" o:spid="_x0000_s1026" type="#_x0000_t185" style="position:absolute;left:0;text-align:left;margin-left:254.4pt;margin-top:2.2pt;width:171.75pt;height:26.25pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiIi+DhgIAACEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4Tx27zpdVp6riZJrU&#10;bZW6/QACOGbFwIDE6ab9912wk6XryzSNB8w1cO49957Lze2xlejArRNalTi9GmPEFdVMqF2Jv3ze&#10;jOYYOU8UI1IrXuJn7vDt8u2bm84UPNONloxbBCDKFZ0pceO9KZLE0Ya3xF1pwxVs1tq2xINpdwmz&#10;pAP0VibZeDxNOm2ZsZpy5+Bv1W/iZcSva079p7p23CNZYojNx9nGeRvmZHlDip0lphF0CIP8QxQt&#10;EQqcnqEq4gnaW/EKqhXUaqdrf0V1m+i6FpRHDsAmHf/B5rEhhkcukBxnzmly/w+Wfjw8WCQY1A4j&#10;RVoo0d3e6+gZZSE9nXEFnHo0DzYQdOZe0yeHlF41RO34nbW6azhhEFQazicvLgTDwVW07T5oBugE&#10;0GOmjrVtAyDkAB1jQZ7PBeFHjyj8zNJ5mmUTjCjsXcOYTaILUpxuG+v8O65bFBYl3lpCn7h/IMJG&#10;J+Rw73ysCxvYEfYVo7qVUOUDkSidTqezAXM4nJDihBpuKr0RUkadSIW6Ei8mEFFMhZaChc1o2N12&#10;JS0CUKARxwDrLo9ZvVcsgoWcrYe1J0L2a3AuVcCDFAyhh2REKf1YjBfr+Xqej/Jsuh7l46oa3W1W&#10;+Wi6SWeT6rparar0ZwgtzYtGMMZViO4k6zT/O9kMDdYL8izsFyzcJdlNHK/JJi/DAGVEVqdvZBfF&#10;EvTR62yr2TNoxeq+T+FdgUWj7XeMOujRErtve2I5RvK9Ar0t0jwPTR2NfDLLwLCXO9vLHaIoQJXY&#10;Y9QvV75/CPbGil0DntJYVqVDB9TCn8TcRzUoG/owMhjejNDol3Y89ftlW/4CAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDLTqlV3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4vQ&#10;UkpZGmPirSa2NjHeBpgCys4Sdin4711P9Tj5Xt77JtvNuhMXGmxrWMHjIgBBXJqq5VrB6f3lIQFh&#10;HXKFnWFS8EMWdvntTYZpZSY+0OXoauFL2KaooHGuT6W0ZUMa7cL0xJ6dzaDR+XOoZTXg5Mt1J8Mg&#10;iKXGlv1Cgz09N1R+H0et4DMc99Nh/xVF6018Kto1vr1+oFL3d/PTFoSj2V3D8Kfv1SH3ToUZubKi&#10;U7AKEq/uFCyXIDxPVmEEovAg3oDMM/n/gfwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;oiIvg4YCAAAhBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAy06pVd4AAAAIAQAADwAAAAAAAAAAAAAAAADgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00F17491">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>法人に</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">、その主たる事務所　　　</w:t>
+              <w:t xml:space="preserve">法人にあつては、その主たる事務所　　　</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65BE1C2B" w14:textId="77777777" w:rsidR="00F17491" w:rsidRDefault="00F17491">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">の所在地、名称及び代表者の氏名　　　　</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="494B8758" w14:textId="77777777" w:rsidR="00875BEB" w:rsidRDefault="00875BEB" w:rsidP="00875BEB"/>
           <w:p w14:paraId="7194201F" w14:textId="77777777" w:rsidR="00875BEB" w:rsidRPr="007E4033" w:rsidRDefault="00875BEB" w:rsidP="007E4033">
             <w:pPr>
               <w:ind w:firstLineChars="150" w:firstLine="270"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -927,70 +959,70 @@
     </w:tbl>
     <w:p w14:paraId="34304932" w14:textId="3AD5CAF3" w:rsidR="00F17491" w:rsidRPr="0088377E" w:rsidRDefault="00F17491">
       <w:pPr>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　備考　※印のある欄は、記入しないこと。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F17491" w:rsidRPr="0088377E" w:rsidSect="001678EC">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="567" w:left="1418" w:header="851" w:footer="245" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="300" w:charSpace="43398"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="22785B4F" w14:textId="77777777" w:rsidR="00945600" w:rsidRDefault="00945600" w:rsidP="00E32EDB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6A362D5A" w14:textId="77777777" w:rsidR="00945600" w:rsidRDefault="00945600" w:rsidP="00E32EDB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -1003,83 +1035,83 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0A6ED707" w14:textId="77777777" w:rsidR="00945600" w:rsidRDefault="00945600" w:rsidP="00E32EDB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6856C019" w14:textId="77777777" w:rsidR="00945600" w:rsidRDefault="00945600" w:rsidP="00E32EDB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="150"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145">
+    <o:shapedefaults v:ext="edit" spidmax="8193">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -1087,110 +1119,112 @@
   <w:rsids>
     <w:rsidRoot w:val="0003748F"/>
     <w:rsid w:val="00012010"/>
     <w:rsid w:val="0003748F"/>
     <w:rsid w:val="00057426"/>
     <w:rsid w:val="000D2C01"/>
     <w:rsid w:val="00125C9B"/>
     <w:rsid w:val="00146904"/>
     <w:rsid w:val="001678EC"/>
     <w:rsid w:val="001718F7"/>
     <w:rsid w:val="001A52A5"/>
     <w:rsid w:val="001B3415"/>
     <w:rsid w:val="00295B2F"/>
     <w:rsid w:val="00346A15"/>
     <w:rsid w:val="003D42D1"/>
     <w:rsid w:val="00433B5A"/>
     <w:rsid w:val="00461B97"/>
     <w:rsid w:val="004A40F2"/>
     <w:rsid w:val="005C5462"/>
     <w:rsid w:val="005E2297"/>
     <w:rsid w:val="005E532C"/>
     <w:rsid w:val="00600AFC"/>
     <w:rsid w:val="00667123"/>
     <w:rsid w:val="00674668"/>
     <w:rsid w:val="006E1F8A"/>
+    <w:rsid w:val="0070049A"/>
     <w:rsid w:val="007156C9"/>
+    <w:rsid w:val="007B39D6"/>
     <w:rsid w:val="007E4033"/>
     <w:rsid w:val="00875BEB"/>
     <w:rsid w:val="0088377E"/>
     <w:rsid w:val="00914007"/>
     <w:rsid w:val="00945600"/>
     <w:rsid w:val="00A17276"/>
     <w:rsid w:val="00A4441C"/>
     <w:rsid w:val="00A66080"/>
     <w:rsid w:val="00AF5956"/>
     <w:rsid w:val="00B01FA9"/>
     <w:rsid w:val="00C21B23"/>
     <w:rsid w:val="00C71B0D"/>
     <w:rsid w:val="00C9387F"/>
     <w:rsid w:val="00CC04F8"/>
     <w:rsid w:val="00CE4C60"/>
     <w:rsid w:val="00D16F45"/>
     <w:rsid w:val="00D31FE9"/>
     <w:rsid w:val="00DD4B6C"/>
     <w:rsid w:val="00DE114C"/>
     <w:rsid w:val="00DE55C4"/>
     <w:rsid w:val="00E32EDB"/>
     <w:rsid w:val="00ED473F"/>
     <w:rsid w:val="00F17491"/>
     <w:rsid w:val="00F6727F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145">
+    <o:shapedefaults v:ext="edit" spidmax="8193">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="482E7969"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B8D02135-A703-4C1D-9F95-587E3191C6FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -1595,51 +1629,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CE4C60"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="吹き出し (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:semiHidden/>
     <w:rsid w:val="00CE4C60"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1906,70 +1940,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>340</Words>
-  <Characters>192</Characters>
+  <Words>337</Words>
+  <Characters>196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>531</CharactersWithSpaces>
+  <CharactersWithSpaces>532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>kawauchi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>