--- v0 (2025-10-28)
+++ v1 (2026-02-02)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\shimasaku\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4AA81E9-41C6-44BA-9B07-62BFE108E284}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37B54828-1A58-4BEC-BDC0-4DA4102B6979}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1350" yWindow="750" windowWidth="25500" windowHeight="13185" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="780" yWindow="780" windowWidth="26580" windowHeight="14325" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="変更届(必須様式)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'変更届(必須様式)'!$A$1:$AQ$55</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="61">
   <si>
     <t>電話番号</t>
     <rPh sb="0" eb="2">
       <t>デンワ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>登録年月日</t>
@@ -442,60 +442,50 @@
       </rPr>
       <t>記入してください。</t>
     </r>
     <rPh sb="0" eb="2">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジコウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ラン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ジコウ</t>
     </rPh>
     <rPh sb="21" eb="23">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>管理建築士</t>
-    <phoneticPr fontId="2"/>
-[...8 lines deleted...]
-    </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>開設者の氏名又は
 称号・代表者名　　     　</t>
     <rPh sb="6" eb="7">
       <t>マタ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ショウゴウ</t>
     </rPh>
     <rPh sb="12" eb="15">
       <t>ダイヒョウシャ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>〒</t>
   </si>
   <si>
     <t>正</t>
     <rPh sb="0" eb="1">
@@ -794,50 +784,63 @@
   </si>
   <si>
     <t>（</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ふりがな</t>
   </si>
   <si>
     <r>
       <t>建築士事務所</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="ＭＳ 明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve"> 注２</t>
     </r>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>開設者の所在地等</t>
+    <rPh sb="0" eb="3">
+      <t>カイセツシャ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>ショザイチ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>トウ</t>
+    </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-411]ge\.m\.d;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
@@ -1352,637 +1355,628 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="179">
+  <cellXfs count="177">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="distributed" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...79 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
-[...289 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+      <alignment shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="標準 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -2429,2683 +2423,2683 @@
   <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="0.875" style="2" customWidth="1"/>
     <col min="2" max="2" width="3.125" style="2" customWidth="1"/>
     <col min="3" max="15" width="2.125" style="2" customWidth="1"/>
     <col min="16" max="17" width="1.375" style="2" customWidth="1"/>
     <col min="18" max="18" width="2.625" style="2" customWidth="1"/>
     <col min="19" max="22" width="2.125" style="2" customWidth="1"/>
     <col min="23" max="23" width="2.625" style="2" customWidth="1"/>
     <col min="24" max="24" width="3.125" style="2" customWidth="1"/>
     <col min="25" max="28" width="2.125" style="2" customWidth="1"/>
     <col min="29" max="29" width="1.375" style="2" customWidth="1"/>
     <col min="30" max="30" width="1.25" style="2" customWidth="1"/>
     <col min="31" max="31" width="2.625" style="2" customWidth="1"/>
     <col min="32" max="33" width="2.125" style="2" customWidth="1"/>
     <col min="34" max="34" width="2.625" style="2" customWidth="1"/>
     <col min="35" max="36" width="2.125" style="2" customWidth="1"/>
     <col min="37" max="37" width="3.25" style="2" customWidth="1"/>
     <col min="38" max="39" width="2" style="2" customWidth="1"/>
     <col min="40" max="41" width="1.75" style="2" customWidth="1"/>
     <col min="42" max="43" width="2" style="2" customWidth="1"/>
     <col min="44" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="11"/>
-      <c r="B1" s="86" t="s">
+      <c r="A1" s="59"/>
+      <c r="B1" s="60" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="86"/>
-[...39 lines deleted...]
-      <c r="AQ1" s="11"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
+      <c r="H1" s="60"/>
+      <c r="I1" s="59"/>
+      <c r="J1" s="59"/>
+      <c r="K1" s="59"/>
+      <c r="L1" s="59"/>
+      <c r="M1" s="59"/>
+      <c r="N1" s="59"/>
+      <c r="O1" s="59"/>
+      <c r="P1" s="59"/>
+      <c r="Q1" s="59"/>
+      <c r="R1" s="59"/>
+      <c r="S1" s="59"/>
+      <c r="T1" s="59"/>
+      <c r="U1" s="59"/>
+      <c r="V1" s="59"/>
+      <c r="W1" s="59"/>
+      <c r="X1" s="59"/>
+      <c r="Y1" s="59"/>
+      <c r="Z1" s="59"/>
+      <c r="AA1" s="59"/>
+      <c r="AB1" s="59"/>
+      <c r="AC1" s="59"/>
+      <c r="AD1" s="59"/>
+      <c r="AE1" s="59"/>
+      <c r="AF1" s="59"/>
+      <c r="AG1" s="59"/>
+      <c r="AH1" s="59"/>
+      <c r="AI1" s="59"/>
+      <c r="AJ1" s="59"/>
+      <c r="AK1" s="59"/>
+      <c r="AL1" s="59"/>
+      <c r="AM1" s="59"/>
+      <c r="AN1" s="59"/>
+      <c r="AO1" s="59"/>
+      <c r="AP1" s="59"/>
+      <c r="AQ1" s="59"/>
     </row>
     <row r="2" spans="1:45" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ2" s="11"/>
+      <c r="A2" s="59"/>
+      <c r="B2" s="61"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="61"/>
+      <c r="I2" s="59"/>
+      <c r="J2" s="59"/>
+      <c r="K2" s="59"/>
+      <c r="L2" s="59"/>
+      <c r="M2" s="59"/>
+      <c r="N2" s="59"/>
+      <c r="O2" s="59"/>
+      <c r="P2" s="59"/>
+      <c r="Q2" s="59"/>
+      <c r="R2" s="59"/>
+      <c r="S2" s="59"/>
+      <c r="T2" s="59"/>
+      <c r="U2" s="59"/>
+      <c r="V2" s="59"/>
+      <c r="W2" s="59"/>
+      <c r="X2" s="59"/>
+      <c r="Y2" s="59"/>
+      <c r="Z2" s="59"/>
+      <c r="AA2" s="59"/>
+      <c r="AB2" s="59"/>
+      <c r="AC2" s="59"/>
+      <c r="AD2" s="59"/>
+      <c r="AE2" s="59"/>
+      <c r="AF2" s="59"/>
+      <c r="AG2" s="59"/>
+      <c r="AH2" s="59"/>
+      <c r="AI2" s="59"/>
+      <c r="AJ2" s="59"/>
+      <c r="AK2" s="59"/>
+      <c r="AL2" s="59"/>
+      <c r="AM2" s="59"/>
+      <c r="AN2" s="59"/>
+      <c r="AO2" s="59"/>
+      <c r="AP2" s="59"/>
+      <c r="AQ2" s="59"/>
     </row>
     <row r="3" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="11"/>
-[...1 lines deleted...]
-      <c r="C3" s="158" t="s">
+      <c r="A3" s="59"/>
+      <c r="B3" s="62"/>
+      <c r="C3" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11" t="s">
         <v>35</v>
       </c>
-      <c r="D3" s="158"/>
-[...7 lines deleted...]
-      <c r="J3" s="89" t="s">
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="59"/>
+      <c r="J3" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="K3" s="89"/>
-[...33 lines deleted...]
-      <c r="AQ3" s="11"/>
+      <c r="K3" s="63"/>
+      <c r="L3" s="63"/>
+      <c r="M3" s="63"/>
+      <c r="N3" s="63"/>
+      <c r="O3" s="63"/>
+      <c r="P3" s="63"/>
+      <c r="Q3" s="63"/>
+      <c r="R3" s="64" t="s">
+        <v>52</v>
+      </c>
+      <c r="S3" s="65"/>
+      <c r="T3" s="65"/>
+      <c r="U3" s="65"/>
+      <c r="V3" s="65"/>
+      <c r="W3" s="65"/>
+      <c r="X3" s="65"/>
+      <c r="Y3" s="65"/>
+      <c r="Z3" s="65"/>
+      <c r="AA3" s="65"/>
+      <c r="AB3" s="65"/>
+      <c r="AC3" s="65"/>
+      <c r="AD3" s="65"/>
+      <c r="AE3" s="65"/>
+      <c r="AF3" s="66"/>
+      <c r="AG3" s="59"/>
+      <c r="AH3" s="67"/>
+      <c r="AI3" s="66"/>
+      <c r="AJ3" s="66"/>
+      <c r="AK3" s="59"/>
+      <c r="AL3" s="59"/>
+      <c r="AM3" s="59"/>
+      <c r="AN3" s="59"/>
+      <c r="AO3" s="59"/>
+      <c r="AP3" s="59"/>
+      <c r="AQ3" s="59"/>
     </row>
     <row r="4" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="11"/>
-[...8 lines deleted...]
-      <c r="J4" s="89" t="s">
+      <c r="A4" s="59"/>
+      <c r="B4" s="68"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="63" t="s">
         <v>22</v>
       </c>
-      <c r="K4" s="89"/>
-[...31 lines deleted...]
-      <c r="AQ4" s="11"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="63"/>
+      <c r="M4" s="63"/>
+      <c r="N4" s="63"/>
+      <c r="O4" s="63"/>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+      <c r="R4" s="65"/>
+      <c r="S4" s="65"/>
+      <c r="T4" s="65"/>
+      <c r="U4" s="65"/>
+      <c r="V4" s="65"/>
+      <c r="W4" s="65"/>
+      <c r="X4" s="65"/>
+      <c r="Y4" s="65"/>
+      <c r="Z4" s="65"/>
+      <c r="AA4" s="65"/>
+      <c r="AB4" s="65"/>
+      <c r="AC4" s="65"/>
+      <c r="AD4" s="65"/>
+      <c r="AE4" s="65"/>
+      <c r="AF4" s="66"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="69"/>
+      <c r="AI4" s="66"/>
+      <c r="AJ4" s="66"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="59"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+      <c r="AP4" s="59"/>
+      <c r="AQ4" s="59"/>
     </row>
     <row r="5" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="11"/>
-[...8 lines deleted...]
-      <c r="J5" s="89" t="s">
+      <c r="A5" s="59"/>
+      <c r="B5" s="59"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="59"/>
+      <c r="J5" s="63" t="s">
         <v>23</v>
       </c>
-      <c r="K5" s="89"/>
-[...31 lines deleted...]
-      <c r="AQ5" s="11"/>
+      <c r="K5" s="63"/>
+      <c r="L5" s="63"/>
+      <c r="M5" s="63"/>
+      <c r="N5" s="63"/>
+      <c r="O5" s="63"/>
+      <c r="P5" s="63"/>
+      <c r="Q5" s="63"/>
+      <c r="R5" s="65"/>
+      <c r="S5" s="65"/>
+      <c r="T5" s="65"/>
+      <c r="U5" s="65"/>
+      <c r="V5" s="65"/>
+      <c r="W5" s="65"/>
+      <c r="X5" s="65"/>
+      <c r="Y5" s="65"/>
+      <c r="Z5" s="65"/>
+      <c r="AA5" s="65"/>
+      <c r="AB5" s="65"/>
+      <c r="AC5" s="65"/>
+      <c r="AD5" s="65"/>
+      <c r="AE5" s="65"/>
+      <c r="AF5" s="66"/>
+      <c r="AG5" s="59"/>
+      <c r="AH5" s="67"/>
+      <c r="AI5" s="66"/>
+      <c r="AJ5" s="66"/>
+      <c r="AK5" s="59"/>
+      <c r="AL5" s="59"/>
+      <c r="AM5" s="59"/>
+      <c r="AN5" s="59"/>
+      <c r="AO5" s="59"/>
+      <c r="AP5" s="59"/>
+      <c r="AQ5" s="59"/>
     </row>
     <row r="6" spans="1:45" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ6" s="11"/>
+      <c r="A6" s="59"/>
+      <c r="B6" s="59"/>
+      <c r="C6" s="59"/>
+      <c r="D6" s="59"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="59"/>
+      <c r="G6" s="67"/>
+      <c r="H6" s="70"/>
+      <c r="I6" s="70"/>
+      <c r="J6" s="70"/>
+      <c r="K6" s="70"/>
+      <c r="L6" s="71"/>
+      <c r="M6" s="71"/>
+      <c r="N6" s="71"/>
+      <c r="O6" s="71"/>
+      <c r="P6" s="72"/>
+      <c r="Q6" s="72"/>
+      <c r="R6" s="72"/>
+      <c r="S6" s="72"/>
+      <c r="T6" s="72"/>
+      <c r="U6" s="72"/>
+      <c r="V6" s="72"/>
+      <c r="W6" s="72"/>
+      <c r="X6" s="72"/>
+      <c r="Y6" s="72"/>
+      <c r="Z6" s="72"/>
+      <c r="AA6" s="72"/>
+      <c r="AB6" s="72"/>
+      <c r="AC6" s="72"/>
+      <c r="AD6" s="72"/>
+      <c r="AE6" s="72"/>
+      <c r="AF6" s="59"/>
+      <c r="AG6" s="59"/>
+      <c r="AH6" s="59"/>
+      <c r="AI6" s="59"/>
+      <c r="AJ6" s="59"/>
+      <c r="AK6" s="59"/>
+      <c r="AL6" s="59"/>
+      <c r="AM6" s="59"/>
+      <c r="AN6" s="59"/>
+      <c r="AO6" s="59"/>
+      <c r="AP6" s="59"/>
+      <c r="AQ6" s="59"/>
     </row>
     <row r="7" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A7" s="11"/>
-[...1 lines deleted...]
-      <c r="C7" s="155" t="s">
+      <c r="A7" s="59"/>
+      <c r="B7" s="73"/>
+      <c r="C7" s="74" t="s">
         <v>25</v>
       </c>
-      <c r="D7" s="155"/>
-[...38 lines deleted...]
-      <c r="AQ7" s="38"/>
+      <c r="D7" s="74"/>
+      <c r="E7" s="74"/>
+      <c r="F7" s="74"/>
+      <c r="G7" s="74"/>
+      <c r="H7" s="74"/>
+      <c r="I7" s="74"/>
+      <c r="J7" s="74"/>
+      <c r="K7" s="74"/>
+      <c r="L7" s="74"/>
+      <c r="M7" s="74"/>
+      <c r="N7" s="74"/>
+      <c r="O7" s="74"/>
+      <c r="P7" s="74"/>
+      <c r="Q7" s="74"/>
+      <c r="R7" s="74"/>
+      <c r="S7" s="74"/>
+      <c r="T7" s="74"/>
+      <c r="U7" s="74"/>
+      <c r="V7" s="74"/>
+      <c r="W7" s="74"/>
+      <c r="X7" s="74"/>
+      <c r="Y7" s="74"/>
+      <c r="Z7" s="74"/>
+      <c r="AA7" s="74"/>
+      <c r="AB7" s="74"/>
+      <c r="AC7" s="74"/>
+      <c r="AD7" s="74"/>
+      <c r="AE7" s="74"/>
+      <c r="AF7" s="74"/>
+      <c r="AG7" s="74"/>
+      <c r="AH7" s="74"/>
+      <c r="AI7" s="74"/>
+      <c r="AJ7" s="74"/>
+      <c r="AK7" s="74"/>
+      <c r="AL7" s="74"/>
+      <c r="AM7" s="73"/>
+      <c r="AN7" s="73"/>
+      <c r="AO7" s="73"/>
+      <c r="AP7" s="73"/>
+      <c r="AQ7" s="73"/>
       <c r="AR7" s="3"/>
     </row>
     <row r="8" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A8" s="11"/>
-[...1 lines deleted...]
-      <c r="C8" s="177" t="s">
+      <c r="A8" s="59"/>
+      <c r="B8" s="73"/>
+      <c r="C8" s="75" t="s">
         <v>26</v>
       </c>
-      <c r="D8" s="177"/>
-[...38 lines deleted...]
-      <c r="AQ8" s="38"/>
+      <c r="D8" s="75"/>
+      <c r="E8" s="75"/>
+      <c r="F8" s="75"/>
+      <c r="G8" s="75"/>
+      <c r="H8" s="75"/>
+      <c r="I8" s="75"/>
+      <c r="J8" s="75"/>
+      <c r="K8" s="75"/>
+      <c r="L8" s="75"/>
+      <c r="M8" s="75"/>
+      <c r="N8" s="75"/>
+      <c r="O8" s="75"/>
+      <c r="P8" s="75"/>
+      <c r="Q8" s="75"/>
+      <c r="R8" s="75"/>
+      <c r="S8" s="75"/>
+      <c r="T8" s="75"/>
+      <c r="U8" s="75"/>
+      <c r="V8" s="75"/>
+      <c r="W8" s="75"/>
+      <c r="X8" s="75"/>
+      <c r="Y8" s="75"/>
+      <c r="Z8" s="75"/>
+      <c r="AA8" s="75"/>
+      <c r="AB8" s="75"/>
+      <c r="AC8" s="75"/>
+      <c r="AD8" s="75"/>
+      <c r="AE8" s="75"/>
+      <c r="AF8" s="75"/>
+      <c r="AG8" s="75"/>
+      <c r="AH8" s="75"/>
+      <c r="AI8" s="75"/>
+      <c r="AJ8" s="75"/>
+      <c r="AK8" s="75"/>
+      <c r="AL8" s="75"/>
+      <c r="AM8" s="73"/>
+      <c r="AN8" s="73"/>
+      <c r="AO8" s="73"/>
+      <c r="AP8" s="73"/>
+      <c r="AQ8" s="73"/>
       <c r="AR8" s="3"/>
     </row>
     <row r="9" spans="1:45" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A9" s="11"/>
-      <c r="B9" s="82" t="s">
+      <c r="A9" s="59"/>
+      <c r="B9" s="76" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="82"/>
-[...2 lines deleted...]
-      <c r="F9" s="82" t="s">
+      <c r="C9" s="76"/>
+      <c r="D9" s="51"/>
+      <c r="E9" s="51"/>
+      <c r="F9" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="G9" s="82"/>
-[...2 lines deleted...]
-      <c r="J9" s="82" t="s">
+      <c r="G9" s="76"/>
+      <c r="H9" s="51"/>
+      <c r="I9" s="51"/>
+      <c r="J9" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="K9" s="82"/>
-[...2 lines deleted...]
-      <c r="N9" s="82" t="s">
+      <c r="K9" s="76"/>
+      <c r="L9" s="51"/>
+      <c r="M9" s="51"/>
+      <c r="N9" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="O9" s="82"/>
-[...27 lines deleted...]
-      <c r="AQ9" s="11"/>
+      <c r="O9" s="76"/>
+      <c r="P9" s="59"/>
+      <c r="Q9" s="59"/>
+      <c r="R9" s="59"/>
+      <c r="S9" s="59"/>
+      <c r="T9" s="59"/>
+      <c r="U9" s="59"/>
+      <c r="V9" s="59"/>
+      <c r="W9" s="59"/>
+      <c r="X9" s="59"/>
+      <c r="Y9" s="59"/>
+      <c r="Z9" s="59"/>
+      <c r="AA9" s="59"/>
+      <c r="AB9" s="59"/>
+      <c r="AC9" s="59"/>
+      <c r="AD9" s="59"/>
+      <c r="AE9" s="59"/>
+      <c r="AF9" s="59"/>
+      <c r="AG9" s="59"/>
+      <c r="AH9" s="59"/>
+      <c r="AI9" s="59"/>
+      <c r="AJ9" s="59"/>
+      <c r="AK9" s="59"/>
+      <c r="AL9" s="59"/>
+      <c r="AM9" s="59"/>
+      <c r="AN9" s="59"/>
+      <c r="AO9" s="59"/>
+      <c r="AP9" s="59"/>
+      <c r="AQ9" s="59"/>
     </row>
     <row r="10" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A10" s="11"/>
-[...16 lines deleted...]
-      <c r="R10" s="90" t="s">
+      <c r="A10" s="59"/>
+      <c r="B10" s="76"/>
+      <c r="C10" s="76"/>
+      <c r="D10" s="51"/>
+      <c r="E10" s="51"/>
+      <c r="F10" s="76"/>
+      <c r="G10" s="76"/>
+      <c r="H10" s="51"/>
+      <c r="I10" s="51"/>
+      <c r="J10" s="76"/>
+      <c r="K10" s="76"/>
+      <c r="L10" s="51"/>
+      <c r="M10" s="51"/>
+      <c r="N10" s="76"/>
+      <c r="O10" s="76"/>
+      <c r="P10" s="59"/>
+      <c r="Q10" s="59"/>
+      <c r="R10" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="S10" s="87" t="s">
-[...25 lines deleted...]
-      <c r="AQ10" s="92"/>
+      <c r="S10" s="78" t="s">
+        <v>41</v>
+      </c>
+      <c r="T10" s="78"/>
+      <c r="U10" s="78"/>
+      <c r="V10" s="78"/>
+      <c r="W10" s="78"/>
+      <c r="X10" s="78"/>
+      <c r="Y10" s="78"/>
+      <c r="Z10" s="52"/>
+      <c r="AA10" s="52"/>
+      <c r="AB10" s="52"/>
+      <c r="AC10" s="52"/>
+      <c r="AD10" s="52"/>
+      <c r="AE10" s="52"/>
+      <c r="AF10" s="52"/>
+      <c r="AG10" s="52"/>
+      <c r="AH10" s="52"/>
+      <c r="AI10" s="52"/>
+      <c r="AJ10" s="52"/>
+      <c r="AK10" s="52"/>
+      <c r="AL10" s="52"/>
+      <c r="AM10" s="52"/>
+      <c r="AN10" s="52"/>
+      <c r="AO10" s="52"/>
+      <c r="AP10" s="52"/>
+      <c r="AQ10" s="52"/>
     </row>
     <row r="11" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ11" s="92"/>
+      <c r="A11" s="59"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
+      <c r="D11" s="51"/>
+      <c r="E11" s="51"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="76"/>
+      <c r="H11" s="51"/>
+      <c r="I11" s="51"/>
+      <c r="J11" s="76"/>
+      <c r="K11" s="76"/>
+      <c r="L11" s="51"/>
+      <c r="M11" s="51"/>
+      <c r="N11" s="76"/>
+      <c r="O11" s="76"/>
+      <c r="P11" s="59"/>
+      <c r="Q11" s="59"/>
+      <c r="R11" s="77"/>
+      <c r="S11" s="78"/>
+      <c r="T11" s="78"/>
+      <c r="U11" s="78"/>
+      <c r="V11" s="78"/>
+      <c r="W11" s="78"/>
+      <c r="X11" s="78"/>
+      <c r="Y11" s="78"/>
+      <c r="Z11" s="52"/>
+      <c r="AA11" s="52"/>
+      <c r="AB11" s="52"/>
+      <c r="AC11" s="52"/>
+      <c r="AD11" s="52"/>
+      <c r="AE11" s="52"/>
+      <c r="AF11" s="52"/>
+      <c r="AG11" s="52"/>
+      <c r="AH11" s="52"/>
+      <c r="AI11" s="52"/>
+      <c r="AJ11" s="52"/>
+      <c r="AK11" s="52"/>
+      <c r="AL11" s="52"/>
+      <c r="AM11" s="52"/>
+      <c r="AN11" s="52"/>
+      <c r="AO11" s="52"/>
+      <c r="AP11" s="52"/>
+      <c r="AQ11" s="52"/>
     </row>
     <row r="12" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="11"/>
-      <c r="B12" s="86" t="s">
+      <c r="A12" s="59"/>
+      <c r="B12" s="60" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="86"/>
-[...39 lines deleted...]
-      <c r="AQ12" s="84"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="60"/>
+      <c r="E12" s="60"/>
+      <c r="F12" s="60"/>
+      <c r="G12" s="60"/>
+      <c r="H12" s="60"/>
+      <c r="I12" s="60"/>
+      <c r="J12" s="60"/>
+      <c r="K12" s="60"/>
+      <c r="L12" s="60"/>
+      <c r="M12" s="60"/>
+      <c r="N12" s="60"/>
+      <c r="O12" s="60"/>
+      <c r="P12" s="60"/>
+      <c r="Q12" s="60"/>
+      <c r="R12" s="59"/>
+      <c r="S12" s="78"/>
+      <c r="T12" s="78"/>
+      <c r="U12" s="78"/>
+      <c r="V12" s="78"/>
+      <c r="W12" s="78"/>
+      <c r="X12" s="78"/>
+      <c r="Y12" s="78"/>
+      <c r="Z12" s="52"/>
+      <c r="AA12" s="52"/>
+      <c r="AB12" s="52"/>
+      <c r="AC12" s="52"/>
+      <c r="AD12" s="52"/>
+      <c r="AE12" s="52"/>
+      <c r="AF12" s="52"/>
+      <c r="AG12" s="52"/>
+      <c r="AH12" s="52"/>
+      <c r="AI12" s="52"/>
+      <c r="AJ12" s="52"/>
+      <c r="AK12" s="52"/>
+      <c r="AL12" s="52"/>
+      <c r="AM12" s="52"/>
+      <c r="AN12" s="52"/>
+      <c r="AO12" s="52"/>
+      <c r="AP12" s="79"/>
+      <c r="AQ12" s="79"/>
     </row>
     <row r="13" spans="1:45" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="11"/>
-      <c r="B13" s="86" t="s">
+      <c r="A13" s="59"/>
+      <c r="B13" s="60" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="86"/>
-[...39 lines deleted...]
-      <c r="AQ13" s="85"/>
+      <c r="C13" s="60"/>
+      <c r="D13" s="60"/>
+      <c r="E13" s="60"/>
+      <c r="F13" s="60"/>
+      <c r="G13" s="60"/>
+      <c r="H13" s="60"/>
+      <c r="I13" s="60"/>
+      <c r="J13" s="60"/>
+      <c r="K13" s="60"/>
+      <c r="L13" s="60"/>
+      <c r="M13" s="60"/>
+      <c r="N13" s="60"/>
+      <c r="O13" s="60"/>
+      <c r="P13" s="60"/>
+      <c r="Q13" s="60"/>
+      <c r="R13" s="59"/>
+      <c r="S13" s="78"/>
+      <c r="T13" s="78"/>
+      <c r="U13" s="78"/>
+      <c r="V13" s="78"/>
+      <c r="W13" s="78"/>
+      <c r="X13" s="78"/>
+      <c r="Y13" s="78"/>
+      <c r="Z13" s="53"/>
+      <c r="AA13" s="53"/>
+      <c r="AB13" s="53"/>
+      <c r="AC13" s="53"/>
+      <c r="AD13" s="53"/>
+      <c r="AE13" s="53"/>
+      <c r="AF13" s="53"/>
+      <c r="AG13" s="53"/>
+      <c r="AH13" s="53"/>
+      <c r="AI13" s="53"/>
+      <c r="AJ13" s="53"/>
+      <c r="AK13" s="53"/>
+      <c r="AL13" s="53"/>
+      <c r="AM13" s="53"/>
+      <c r="AN13" s="53"/>
+      <c r="AO13" s="53"/>
+      <c r="AP13" s="80"/>
+      <c r="AQ13" s="80"/>
     </row>
     <row r="14" spans="1:45" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A14" s="18"/>
-[...41 lines deleted...]
-      <c r="AQ14" s="20"/>
+      <c r="A14" s="81"/>
+      <c r="B14" s="63"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="63"/>
+      <c r="F14" s="71"/>
+      <c r="G14" s="82"/>
+      <c r="H14" s="82"/>
+      <c r="I14" s="82"/>
+      <c r="J14" s="59"/>
+      <c r="K14" s="81"/>
+      <c r="L14" s="81"/>
+      <c r="M14" s="81"/>
+      <c r="N14" s="81"/>
+      <c r="O14" s="81"/>
+      <c r="P14" s="81"/>
+      <c r="Q14" s="81"/>
+      <c r="R14" s="81"/>
+      <c r="S14" s="81"/>
+      <c r="T14" s="81"/>
+      <c r="U14" s="81"/>
+      <c r="V14" s="81"/>
+      <c r="W14" s="81"/>
+      <c r="X14" s="81"/>
+      <c r="Y14" s="81"/>
+      <c r="Z14" s="81"/>
+      <c r="AA14" s="81"/>
+      <c r="AB14" s="81"/>
+      <c r="AC14" s="83"/>
+      <c r="AD14" s="84"/>
+      <c r="AE14" s="84"/>
+      <c r="AF14" s="84"/>
+      <c r="AG14" s="84"/>
+      <c r="AH14" s="84"/>
+      <c r="AI14" s="84"/>
+      <c r="AJ14" s="84"/>
+      <c r="AK14" s="84"/>
+      <c r="AL14" s="84"/>
+      <c r="AM14" s="84"/>
+      <c r="AN14" s="84"/>
+      <c r="AO14" s="84"/>
+      <c r="AP14" s="84"/>
+      <c r="AQ14" s="84"/>
       <c r="AR14" s="5"/>
       <c r="AS14" s="5"/>
     </row>
     <row r="15" spans="1:45" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A15" s="18"/>
-[...41 lines deleted...]
-      <c r="AQ15" s="22"/>
+      <c r="A15" s="81"/>
+      <c r="B15" s="85"/>
+      <c r="C15" s="85"/>
+      <c r="D15" s="85"/>
+      <c r="E15" s="85"/>
+      <c r="F15" s="81"/>
+      <c r="G15" s="81"/>
+      <c r="H15" s="81"/>
+      <c r="I15" s="81"/>
+      <c r="J15" s="81"/>
+      <c r="K15" s="81"/>
+      <c r="L15" s="81"/>
+      <c r="M15" s="81"/>
+      <c r="N15" s="81"/>
+      <c r="O15" s="81"/>
+      <c r="P15" s="81"/>
+      <c r="Q15" s="81"/>
+      <c r="R15" s="81"/>
+      <c r="S15" s="81"/>
+      <c r="T15" s="81"/>
+      <c r="U15" s="81"/>
+      <c r="V15" s="81"/>
+      <c r="W15" s="81"/>
+      <c r="X15" s="81"/>
+      <c r="Y15" s="81"/>
+      <c r="Z15" s="81"/>
+      <c r="AA15" s="81"/>
+      <c r="AB15" s="81"/>
+      <c r="AC15" s="81"/>
+      <c r="AD15" s="70"/>
+      <c r="AE15" s="86"/>
+      <c r="AF15" s="86"/>
+      <c r="AG15" s="86"/>
+      <c r="AH15" s="86"/>
+      <c r="AI15" s="86"/>
+      <c r="AJ15" s="86"/>
+      <c r="AK15" s="86"/>
+      <c r="AL15" s="86"/>
+      <c r="AM15" s="86"/>
+      <c r="AN15" s="86"/>
+      <c r="AO15" s="86"/>
+      <c r="AP15" s="86"/>
+      <c r="AQ15" s="86"/>
       <c r="AR15" s="6"/>
       <c r="AS15" s="6"/>
     </row>
     <row r="16" spans="1:45" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="18"/>
-      <c r="B16" s="23" t="s">
+      <c r="A16" s="81"/>
+      <c r="B16" s="87" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="91" t="s">
+      <c r="C16" s="88" t="s">
         <v>19</v>
       </c>
-      <c r="D16" s="91"/>
-[...38 lines deleted...]
-      <c r="AQ16" s="91"/>
+      <c r="D16" s="88"/>
+      <c r="E16" s="88"/>
+      <c r="F16" s="88"/>
+      <c r="G16" s="88"/>
+      <c r="H16" s="88"/>
+      <c r="I16" s="88"/>
+      <c r="J16" s="88"/>
+      <c r="K16" s="88"/>
+      <c r="L16" s="88"/>
+      <c r="M16" s="88"/>
+      <c r="N16" s="88"/>
+      <c r="O16" s="88"/>
+      <c r="P16" s="88"/>
+      <c r="Q16" s="88"/>
+      <c r="R16" s="88"/>
+      <c r="S16" s="88"/>
+      <c r="T16" s="88"/>
+      <c r="U16" s="88"/>
+      <c r="V16" s="88"/>
+      <c r="W16" s="88"/>
+      <c r="X16" s="88"/>
+      <c r="Y16" s="88"/>
+      <c r="Z16" s="88"/>
+      <c r="AA16" s="88"/>
+      <c r="AB16" s="88"/>
+      <c r="AC16" s="88"/>
+      <c r="AD16" s="88"/>
+      <c r="AE16" s="88"/>
+      <c r="AF16" s="88"/>
+      <c r="AG16" s="88"/>
+      <c r="AH16" s="88"/>
+      <c r="AI16" s="88"/>
+      <c r="AJ16" s="88"/>
+      <c r="AK16" s="88"/>
+      <c r="AL16" s="88"/>
+      <c r="AM16" s="88"/>
+      <c r="AN16" s="88"/>
+      <c r="AO16" s="88"/>
+      <c r="AP16" s="88"/>
+      <c r="AQ16" s="88"/>
       <c r="AR16" s="7"/>
       <c r="AS16" s="7"/>
     </row>
     <row r="17" spans="1:45" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="18"/>
-      <c r="B17" s="23" t="s">
+      <c r="A17" s="81"/>
+      <c r="B17" s="87" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="91" t="s">
+      <c r="C17" s="88" t="s">
         <v>10</v>
       </c>
-      <c r="D17" s="91"/>
-[...38 lines deleted...]
-      <c r="AQ17" s="91"/>
+      <c r="D17" s="88"/>
+      <c r="E17" s="88"/>
+      <c r="F17" s="88"/>
+      <c r="G17" s="88"/>
+      <c r="H17" s="88"/>
+      <c r="I17" s="88"/>
+      <c r="J17" s="88"/>
+      <c r="K17" s="88"/>
+      <c r="L17" s="88"/>
+      <c r="M17" s="88"/>
+      <c r="N17" s="88"/>
+      <c r="O17" s="88"/>
+      <c r="P17" s="88"/>
+      <c r="Q17" s="88"/>
+      <c r="R17" s="88"/>
+      <c r="S17" s="88"/>
+      <c r="T17" s="88"/>
+      <c r="U17" s="88"/>
+      <c r="V17" s="88"/>
+      <c r="W17" s="88"/>
+      <c r="X17" s="88"/>
+      <c r="Y17" s="88"/>
+      <c r="Z17" s="88"/>
+      <c r="AA17" s="88"/>
+      <c r="AB17" s="88"/>
+      <c r="AC17" s="88"/>
+      <c r="AD17" s="88"/>
+      <c r="AE17" s="88"/>
+      <c r="AF17" s="88"/>
+      <c r="AG17" s="88"/>
+      <c r="AH17" s="88"/>
+      <c r="AI17" s="88"/>
+      <c r="AJ17" s="88"/>
+      <c r="AK17" s="88"/>
+      <c r="AL17" s="88"/>
+      <c r="AM17" s="88"/>
+      <c r="AN17" s="88"/>
+      <c r="AO17" s="88"/>
+      <c r="AP17" s="88"/>
+      <c r="AQ17" s="88"/>
       <c r="AR17" s="7"/>
       <c r="AS17" s="7"/>
     </row>
     <row r="18" spans="1:45" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="18"/>
-      <c r="B18" s="23" t="s">
+      <c r="A18" s="81"/>
+      <c r="B18" s="87" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="91" t="s">
+      <c r="C18" s="88" t="s">
         <v>30</v>
       </c>
-      <c r="D18" s="91"/>
-[...38 lines deleted...]
-      <c r="AQ18" s="91"/>
+      <c r="D18" s="88"/>
+      <c r="E18" s="88"/>
+      <c r="F18" s="88"/>
+      <c r="G18" s="88"/>
+      <c r="H18" s="88"/>
+      <c r="I18" s="88"/>
+      <c r="J18" s="88"/>
+      <c r="K18" s="88"/>
+      <c r="L18" s="88"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="88"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="88"/>
+      <c r="Q18" s="88"/>
+      <c r="R18" s="88"/>
+      <c r="S18" s="88"/>
+      <c r="T18" s="88"/>
+      <c r="U18" s="88"/>
+      <c r="V18" s="88"/>
+      <c r="W18" s="88"/>
+      <c r="X18" s="88"/>
+      <c r="Y18" s="88"/>
+      <c r="Z18" s="88"/>
+      <c r="AA18" s="88"/>
+      <c r="AB18" s="88"/>
+      <c r="AC18" s="88"/>
+      <c r="AD18" s="88"/>
+      <c r="AE18" s="88"/>
+      <c r="AF18" s="88"/>
+      <c r="AG18" s="88"/>
+      <c r="AH18" s="88"/>
+      <c r="AI18" s="88"/>
+      <c r="AJ18" s="88"/>
+      <c r="AK18" s="88"/>
+      <c r="AL18" s="88"/>
+      <c r="AM18" s="88"/>
+      <c r="AN18" s="88"/>
+      <c r="AO18" s="88"/>
+      <c r="AP18" s="88"/>
+      <c r="AQ18" s="88"/>
       <c r="AR18" s="7"/>
       <c r="AS18" s="7"/>
     </row>
     <row r="19" spans="1:45" s="4" customFormat="1" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="18"/>
-[...41 lines deleted...]
-      <c r="AQ19" s="83"/>
+      <c r="A19" s="81"/>
+      <c r="B19" s="89"/>
+      <c r="C19" s="89"/>
+      <c r="D19" s="89"/>
+      <c r="E19" s="89"/>
+      <c r="F19" s="89"/>
+      <c r="G19" s="89"/>
+      <c r="H19" s="89"/>
+      <c r="I19" s="89"/>
+      <c r="J19" s="89"/>
+      <c r="K19" s="89"/>
+      <c r="L19" s="89"/>
+      <c r="M19" s="89"/>
+      <c r="N19" s="89"/>
+      <c r="O19" s="89"/>
+      <c r="P19" s="89"/>
+      <c r="Q19" s="89"/>
+      <c r="R19" s="89"/>
+      <c r="S19" s="89"/>
+      <c r="T19" s="89"/>
+      <c r="U19" s="89"/>
+      <c r="V19" s="89"/>
+      <c r="W19" s="89"/>
+      <c r="X19" s="89"/>
+      <c r="Y19" s="89"/>
+      <c r="Z19" s="89"/>
+      <c r="AA19" s="89"/>
+      <c r="AB19" s="89"/>
+      <c r="AC19" s="89"/>
+      <c r="AD19" s="89"/>
+      <c r="AE19" s="89"/>
+      <c r="AF19" s="89"/>
+      <c r="AG19" s="89"/>
+      <c r="AH19" s="89"/>
+      <c r="AI19" s="89"/>
+      <c r="AJ19" s="89"/>
+      <c r="AK19" s="89"/>
+      <c r="AL19" s="89"/>
+      <c r="AM19" s="89"/>
+      <c r="AN19" s="89"/>
+      <c r="AO19" s="89"/>
+      <c r="AP19" s="89"/>
+      <c r="AQ19" s="89"/>
       <c r="AR19" s="7"/>
       <c r="AS19" s="7"/>
     </row>
     <row r="20" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="11"/>
-[...4 lines deleted...]
-      <c r="D20" s="101" t="s">
+      <c r="A20" s="59"/>
+      <c r="B20" s="90" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="91"/>
+      <c r="D20" s="92" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="93"/>
+      <c r="F20" s="93"/>
+      <c r="G20" s="93"/>
+      <c r="H20" s="93"/>
+      <c r="I20" s="93"/>
+      <c r="J20" s="93"/>
+      <c r="K20" s="93"/>
+      <c r="L20" s="93"/>
+      <c r="M20" s="93"/>
+      <c r="N20" s="14"/>
+      <c r="O20" s="14"/>
+      <c r="P20" s="14"/>
+      <c r="Q20" s="14"/>
+      <c r="R20" s="14"/>
+      <c r="S20" s="14"/>
+      <c r="T20" s="14"/>
+      <c r="U20" s="14"/>
+      <c r="V20" s="14"/>
+      <c r="W20" s="14"/>
+      <c r="X20" s="14"/>
+      <c r="Y20" s="14"/>
+      <c r="Z20" s="14"/>
+      <c r="AA20" s="14"/>
+      <c r="AB20" s="14"/>
+      <c r="AC20" s="14"/>
+      <c r="AD20" s="14"/>
+      <c r="AE20" s="14"/>
+      <c r="AF20" s="14"/>
+      <c r="AG20" s="14"/>
+      <c r="AH20" s="14"/>
+      <c r="AI20" s="14"/>
+      <c r="AJ20" s="14"/>
+      <c r="AK20" s="14"/>
+      <c r="AL20" s="14"/>
+      <c r="AM20" s="14"/>
+      <c r="AN20" s="14"/>
+      <c r="AO20" s="14"/>
+      <c r="AP20" s="14"/>
+      <c r="AQ20" s="15"/>
+    </row>
+    <row r="21" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="59"/>
+      <c r="B21" s="94"/>
+      <c r="C21" s="95"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
+      <c r="F21" s="96"/>
+      <c r="G21" s="96"/>
+      <c r="H21" s="96"/>
+      <c r="I21" s="96"/>
+      <c r="J21" s="96"/>
+      <c r="K21" s="96"/>
+      <c r="L21" s="96"/>
+      <c r="M21" s="96"/>
+      <c r="N21" s="16"/>
+      <c r="O21" s="16"/>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="16"/>
+      <c r="R21" s="16"/>
+      <c r="S21" s="16"/>
+      <c r="T21" s="16"/>
+      <c r="U21" s="16"/>
+      <c r="V21" s="16"/>
+      <c r="W21" s="16"/>
+      <c r="X21" s="16"/>
+      <c r="Y21" s="16"/>
+      <c r="Z21" s="16"/>
+      <c r="AA21" s="16"/>
+      <c r="AB21" s="16"/>
+      <c r="AC21" s="16"/>
+      <c r="AD21" s="16"/>
+      <c r="AE21" s="16"/>
+      <c r="AF21" s="16"/>
+      <c r="AG21" s="16"/>
+      <c r="AH21" s="16"/>
+      <c r="AI21" s="16"/>
+      <c r="AJ21" s="16"/>
+      <c r="AK21" s="16"/>
+      <c r="AL21" s="16"/>
+      <c r="AM21" s="16"/>
+      <c r="AN21" s="16"/>
+      <c r="AO21" s="16"/>
+      <c r="AP21" s="16"/>
+      <c r="AQ21" s="17"/>
+    </row>
+    <row r="22" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="59"/>
+      <c r="B22" s="94"/>
+      <c r="C22" s="95"/>
+      <c r="D22" s="97" t="s">
+        <v>39</v>
+      </c>
+      <c r="E22" s="97"/>
+      <c r="F22" s="97"/>
+      <c r="G22" s="97"/>
+      <c r="H22" s="97"/>
+      <c r="I22" s="97"/>
+      <c r="J22" s="97"/>
+      <c r="K22" s="97"/>
+      <c r="L22" s="97"/>
+      <c r="M22" s="97"/>
+      <c r="N22" s="98"/>
+      <c r="O22" s="99"/>
+      <c r="P22" s="12"/>
+      <c r="Q22" s="12"/>
+      <c r="R22" s="12"/>
+      <c r="S22" s="12"/>
+      <c r="T22" s="12"/>
+      <c r="U22" s="12"/>
+      <c r="V22" s="12"/>
+      <c r="W22" s="99"/>
+      <c r="X22" s="100" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y22" s="100"/>
+      <c r="Z22" s="100"/>
+      <c r="AA22" s="100"/>
+      <c r="AB22" s="100"/>
+      <c r="AC22" s="100"/>
+      <c r="AD22" s="100"/>
+      <c r="AE22" s="100"/>
+      <c r="AF22" s="100"/>
+      <c r="AG22" s="99"/>
+      <c r="AH22" s="99"/>
+      <c r="AI22" s="99"/>
+      <c r="AJ22" s="99"/>
+      <c r="AK22" s="99"/>
+      <c r="AL22" s="99"/>
+      <c r="AM22" s="99"/>
+      <c r="AN22" s="99"/>
+      <c r="AO22" s="99"/>
+      <c r="AP22" s="99"/>
+      <c r="AQ22" s="101"/>
+    </row>
+    <row r="23" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="59"/>
+      <c r="B23" s="94"/>
+      <c r="C23" s="95"/>
+      <c r="D23" s="97"/>
+      <c r="E23" s="97"/>
+      <c r="F23" s="97"/>
+      <c r="G23" s="97"/>
+      <c r="H23" s="97"/>
+      <c r="I23" s="97"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="97"/>
+      <c r="L23" s="97"/>
+      <c r="M23" s="97"/>
+      <c r="N23" s="102"/>
+      <c r="O23" s="103"/>
+      <c r="P23" s="58"/>
+      <c r="Q23" s="58"/>
+      <c r="R23" s="58"/>
+      <c r="S23" s="58"/>
+      <c r="T23" s="58"/>
+      <c r="U23" s="58"/>
+      <c r="V23" s="58"/>
+      <c r="W23" s="103"/>
+      <c r="X23" s="104"/>
+      <c r="Y23" s="104"/>
+      <c r="Z23" s="104"/>
+      <c r="AA23" s="104"/>
+      <c r="AB23" s="104"/>
+      <c r="AC23" s="104"/>
+      <c r="AD23" s="104"/>
+      <c r="AE23" s="104"/>
+      <c r="AF23" s="104"/>
+      <c r="AG23" s="103"/>
+      <c r="AH23" s="103"/>
+      <c r="AI23" s="103"/>
+      <c r="AJ23" s="103"/>
+      <c r="AK23" s="103"/>
+      <c r="AL23" s="103"/>
+      <c r="AM23" s="103"/>
+      <c r="AN23" s="103"/>
+      <c r="AO23" s="103"/>
+      <c r="AP23" s="103"/>
+      <c r="AQ23" s="105"/>
+    </row>
+    <row r="24" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="59"/>
+      <c r="B24" s="94"/>
+      <c r="C24" s="95"/>
+      <c r="D24" s="96" t="s">
+        <v>1</v>
+      </c>
+      <c r="E24" s="96"/>
+      <c r="F24" s="96"/>
+      <c r="G24" s="96"/>
+      <c r="H24" s="96"/>
+      <c r="I24" s="96"/>
+      <c r="J24" s="96"/>
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="96"/>
+      <c r="N24" s="98"/>
+      <c r="O24" s="99"/>
+      <c r="P24" s="99"/>
+      <c r="Q24" s="99"/>
+      <c r="R24" s="99" t="s">
+        <v>27</v>
+      </c>
+      <c r="S24" s="99"/>
+      <c r="T24" s="99"/>
+      <c r="U24" s="18"/>
+      <c r="V24" s="18"/>
+      <c r="W24" s="18"/>
+      <c r="X24" s="99" t="s">
         <v>48</v>
       </c>
-      <c r="E20" s="102"/>
-[...206 lines deleted...]
-      <c r="X24" s="44" t="s">
+      <c r="Y24" s="99"/>
+      <c r="Z24" s="18"/>
+      <c r="AA24" s="18"/>
+      <c r="AB24" s="18"/>
+      <c r="AC24" s="99" t="s">
         <v>49</v>
       </c>
-      <c r="Y24" s="44"/>
-[...3 lines deleted...]
-      <c r="AC24" s="44" t="s">
+      <c r="AD24" s="99"/>
+      <c r="AE24" s="18"/>
+      <c r="AF24" s="18"/>
+      <c r="AG24" s="18"/>
+      <c r="AH24" s="99" t="s">
         <v>50</v>
       </c>
-      <c r="AD24" s="44"/>
-[...14 lines deleted...]
-      <c r="AQ24" s="24"/>
+      <c r="AI24" s="106"/>
+      <c r="AJ24" s="106"/>
+      <c r="AK24" s="106"/>
+      <c r="AL24" s="106"/>
+      <c r="AM24" s="106"/>
+      <c r="AN24" s="106"/>
+      <c r="AO24" s="106"/>
+      <c r="AP24" s="106"/>
+      <c r="AQ24" s="107"/>
     </row>
     <row r="25" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A25" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ25" s="25"/>
+      <c r="A25" s="59"/>
+      <c r="B25" s="94"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="96"/>
+      <c r="E25" s="96"/>
+      <c r="F25" s="96"/>
+      <c r="G25" s="96"/>
+      <c r="H25" s="96"/>
+      <c r="I25" s="96"/>
+      <c r="J25" s="96"/>
+      <c r="K25" s="96"/>
+      <c r="L25" s="96"/>
+      <c r="M25" s="96"/>
+      <c r="N25" s="102"/>
+      <c r="O25" s="103"/>
+      <c r="P25" s="103"/>
+      <c r="Q25" s="103"/>
+      <c r="R25" s="103"/>
+      <c r="S25" s="103"/>
+      <c r="T25" s="103"/>
+      <c r="U25" s="19"/>
+      <c r="V25" s="19"/>
+      <c r="W25" s="19"/>
+      <c r="X25" s="103"/>
+      <c r="Y25" s="103"/>
+      <c r="Z25" s="19"/>
+      <c r="AA25" s="19"/>
+      <c r="AB25" s="19"/>
+      <c r="AC25" s="103"/>
+      <c r="AD25" s="103"/>
+      <c r="AE25" s="19"/>
+      <c r="AF25" s="19"/>
+      <c r="AG25" s="19"/>
+      <c r="AH25" s="103"/>
+      <c r="AI25" s="108"/>
+      <c r="AJ25" s="108"/>
+      <c r="AK25" s="108"/>
+      <c r="AL25" s="108"/>
+      <c r="AM25" s="108"/>
+      <c r="AN25" s="108"/>
+      <c r="AO25" s="108"/>
+      <c r="AP25" s="108"/>
+      <c r="AQ25" s="109"/>
     </row>
     <row r="26" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="11"/>
-[...2 lines deleted...]
-      <c r="D26" s="103" t="s">
+      <c r="A26" s="59"/>
+      <c r="B26" s="94"/>
+      <c r="C26" s="95"/>
+      <c r="D26" s="96" t="s">
         <v>2</v>
       </c>
-      <c r="E26" s="103"/>
-[...8 lines deleted...]
-      <c r="N26" s="53" t="s">
+      <c r="E26" s="96"/>
+      <c r="F26" s="96"/>
+      <c r="G26" s="96"/>
+      <c r="H26" s="96"/>
+      <c r="I26" s="96"/>
+      <c r="J26" s="96"/>
+      <c r="K26" s="96"/>
+      <c r="L26" s="96"/>
+      <c r="M26" s="96"/>
+      <c r="N26" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="O26" s="99"/>
+      <c r="P26" s="99"/>
+      <c r="Q26" s="99"/>
+      <c r="R26" s="99"/>
+      <c r="S26" s="99"/>
+      <c r="T26" s="99"/>
+      <c r="U26" s="99"/>
+      <c r="V26" s="110" t="s">
+        <v>55</v>
+      </c>
+      <c r="W26" s="110"/>
+      <c r="X26" s="111" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y26" s="12"/>
+      <c r="Z26" s="12"/>
+      <c r="AA26" s="100" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB26" s="100"/>
+      <c r="AC26" s="12"/>
+      <c r="AD26" s="12"/>
+      <c r="AE26" s="12"/>
+      <c r="AF26" s="12"/>
+      <c r="AG26" s="12"/>
+      <c r="AH26" s="12"/>
+      <c r="AI26" s="12"/>
+      <c r="AJ26" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="O26" s="44"/>
-[...15 lines deleted...]
-      <c r="AA26" s="51" t="s">
+      <c r="AK26" s="99"/>
+      <c r="AL26" s="99"/>
+      <c r="AM26" s="99"/>
+      <c r="AN26" s="99"/>
+      <c r="AO26" s="99"/>
+      <c r="AP26" s="99"/>
+      <c r="AQ26" s="101"/>
+    </row>
+    <row r="27" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="59"/>
+      <c r="B27" s="112"/>
+      <c r="C27" s="113"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+      <c r="L27" s="114"/>
+      <c r="M27" s="114"/>
+      <c r="N27" s="115"/>
+      <c r="O27" s="116"/>
+      <c r="P27" s="116"/>
+      <c r="Q27" s="116"/>
+      <c r="R27" s="116"/>
+      <c r="S27" s="116"/>
+      <c r="T27" s="116"/>
+      <c r="U27" s="116"/>
+      <c r="V27" s="117"/>
+      <c r="W27" s="117"/>
+      <c r="X27" s="118"/>
+      <c r="Y27" s="13"/>
+      <c r="Z27" s="13"/>
+      <c r="AA27" s="119"/>
+      <c r="AB27" s="119"/>
+      <c r="AC27" s="13"/>
+      <c r="AD27" s="13"/>
+      <c r="AE27" s="13"/>
+      <c r="AF27" s="13"/>
+      <c r="AG27" s="13"/>
+      <c r="AH27" s="13"/>
+      <c r="AI27" s="13"/>
+      <c r="AJ27" s="116"/>
+      <c r="AK27" s="116"/>
+      <c r="AL27" s="116"/>
+      <c r="AM27" s="116"/>
+      <c r="AN27" s="116"/>
+      <c r="AO27" s="116"/>
+      <c r="AP27" s="116"/>
+      <c r="AQ27" s="120"/>
+    </row>
+    <row r="28" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="59"/>
+      <c r="B28" s="81"/>
+      <c r="C28" s="121"/>
+      <c r="D28" s="122"/>
+      <c r="E28" s="122"/>
+      <c r="F28" s="122"/>
+      <c r="G28" s="122"/>
+      <c r="H28" s="122"/>
+      <c r="I28" s="122"/>
+      <c r="J28" s="122"/>
+      <c r="K28" s="122"/>
+      <c r="L28" s="59"/>
+      <c r="M28" s="59"/>
+      <c r="N28" s="59"/>
+      <c r="O28" s="59"/>
+      <c r="P28" s="59"/>
+      <c r="Q28" s="59"/>
+      <c r="R28" s="59"/>
+      <c r="S28" s="59"/>
+      <c r="T28" s="59"/>
+      <c r="U28" s="59"/>
+      <c r="V28" s="59"/>
+      <c r="W28" s="59"/>
+      <c r="X28" s="59"/>
+      <c r="Y28" s="59"/>
+      <c r="Z28" s="59"/>
+      <c r="AA28" s="59"/>
+      <c r="AB28" s="59"/>
+      <c r="AC28" s="59"/>
+      <c r="AD28" s="59"/>
+      <c r="AE28" s="59"/>
+      <c r="AF28" s="59"/>
+      <c r="AG28" s="59"/>
+      <c r="AH28" s="59"/>
+      <c r="AI28" s="59"/>
+      <c r="AJ28" s="59"/>
+      <c r="AK28" s="59"/>
+      <c r="AL28" s="59"/>
+      <c r="AM28" s="59"/>
+      <c r="AN28" s="59"/>
+      <c r="AO28" s="59"/>
+      <c r="AP28" s="59"/>
+      <c r="AQ28" s="59"/>
+    </row>
+    <row r="29" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="59"/>
+      <c r="B29" s="123" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="123"/>
+      <c r="D29" s="123"/>
+      <c r="E29" s="123"/>
+      <c r="F29" s="123"/>
+      <c r="G29" s="123"/>
+      <c r="H29" s="123"/>
+      <c r="I29" s="123"/>
+      <c r="J29" s="123"/>
+      <c r="K29" s="123"/>
+      <c r="L29" s="123"/>
+      <c r="M29" s="123"/>
+      <c r="N29" s="123" t="s">
+        <v>14</v>
+      </c>
+      <c r="O29" s="123"/>
+      <c r="P29" s="123"/>
+      <c r="Q29" s="123"/>
+      <c r="R29" s="123"/>
+      <c r="S29" s="123"/>
+      <c r="T29" s="123"/>
+      <c r="U29" s="123"/>
+      <c r="V29" s="123"/>
+      <c r="W29" s="123"/>
+      <c r="X29" s="123"/>
+      <c r="Y29" s="123"/>
+      <c r="Z29" s="123" t="s">
+        <v>13</v>
+      </c>
+      <c r="AA29" s="123"/>
+      <c r="AB29" s="123"/>
+      <c r="AC29" s="123"/>
+      <c r="AD29" s="123"/>
+      <c r="AE29" s="123"/>
+      <c r="AF29" s="123"/>
+      <c r="AG29" s="123"/>
+      <c r="AH29" s="123"/>
+      <c r="AI29" s="123"/>
+      <c r="AJ29" s="123"/>
+      <c r="AK29" s="123"/>
+      <c r="AL29" s="123" t="s">
+        <v>3</v>
+      </c>
+      <c r="AM29" s="123"/>
+      <c r="AN29" s="123"/>
+      <c r="AO29" s="123"/>
+      <c r="AP29" s="123"/>
+      <c r="AQ29" s="123"/>
+    </row>
+    <row r="30" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="59"/>
+      <c r="B30" s="123"/>
+      <c r="C30" s="123"/>
+      <c r="D30" s="123"/>
+      <c r="E30" s="123"/>
+      <c r="F30" s="123"/>
+      <c r="G30" s="123"/>
+      <c r="H30" s="123"/>
+      <c r="I30" s="123"/>
+      <c r="J30" s="123"/>
+      <c r="K30" s="123"/>
+      <c r="L30" s="123"/>
+      <c r="M30" s="123"/>
+      <c r="N30" s="123"/>
+      <c r="O30" s="123"/>
+      <c r="P30" s="123"/>
+      <c r="Q30" s="123"/>
+      <c r="R30" s="123"/>
+      <c r="S30" s="123"/>
+      <c r="T30" s="123"/>
+      <c r="U30" s="123"/>
+      <c r="V30" s="123"/>
+      <c r="W30" s="123"/>
+      <c r="X30" s="123"/>
+      <c r="Y30" s="123"/>
+      <c r="Z30" s="123"/>
+      <c r="AA30" s="123"/>
+      <c r="AB30" s="123"/>
+      <c r="AC30" s="123"/>
+      <c r="AD30" s="123"/>
+      <c r="AE30" s="123"/>
+      <c r="AF30" s="123"/>
+      <c r="AG30" s="123"/>
+      <c r="AH30" s="123"/>
+      <c r="AI30" s="123"/>
+      <c r="AJ30" s="123"/>
+      <c r="AK30" s="123"/>
+      <c r="AL30" s="123"/>
+      <c r="AM30" s="123"/>
+      <c r="AN30" s="123"/>
+      <c r="AO30" s="123"/>
+      <c r="AP30" s="123"/>
+      <c r="AQ30" s="123"/>
+    </row>
+    <row r="31" spans="1:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="59"/>
+      <c r="B31" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="C31" s="125"/>
+      <c r="D31" s="126" t="s">
         <v>58</v>
       </c>
-      <c r="AB26" s="51"/>
-[...253 lines deleted...]
-      <c r="AQ31" s="99"/>
+      <c r="E31" s="127"/>
+      <c r="F31" s="127"/>
+      <c r="G31" s="127"/>
+      <c r="H31" s="127"/>
+      <c r="I31" s="127"/>
+      <c r="J31" s="127"/>
+      <c r="K31" s="127"/>
+      <c r="L31" s="127"/>
+      <c r="M31" s="128"/>
+      <c r="N31" s="38"/>
+      <c r="O31" s="39"/>
+      <c r="P31" s="39"/>
+      <c r="Q31" s="39"/>
+      <c r="R31" s="39"/>
+      <c r="S31" s="39"/>
+      <c r="T31" s="39"/>
+      <c r="U31" s="39"/>
+      <c r="V31" s="39"/>
+      <c r="W31" s="39"/>
+      <c r="X31" s="39"/>
+      <c r="Y31" s="40"/>
+      <c r="Z31" s="38"/>
+      <c r="AA31" s="39"/>
+      <c r="AB31" s="39"/>
+      <c r="AC31" s="39"/>
+      <c r="AD31" s="39"/>
+      <c r="AE31" s="39"/>
+      <c r="AF31" s="39"/>
+      <c r="AG31" s="39"/>
+      <c r="AH31" s="39"/>
+      <c r="AI31" s="39"/>
+      <c r="AJ31" s="39"/>
+      <c r="AK31" s="40"/>
+      <c r="AL31" s="41"/>
+      <c r="AM31" s="41"/>
+      <c r="AN31" s="41"/>
+      <c r="AO31" s="41"/>
+      <c r="AP31" s="41"/>
+      <c r="AQ31" s="41"/>
     </row>
     <row r="32" spans="1:45" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="11"/>
+      <c r="A32" s="59"/>
       <c r="B32" s="129"/>
       <c r="C32" s="130"/>
-      <c r="D32" s="150" t="s">
+      <c r="D32" s="131" t="s">
         <v>11</v>
       </c>
-      <c r="E32" s="89"/>
-[...37 lines deleted...]
-      <c r="AQ32" s="99"/>
+      <c r="E32" s="63"/>
+      <c r="F32" s="63"/>
+      <c r="G32" s="63"/>
+      <c r="H32" s="63"/>
+      <c r="I32" s="63"/>
+      <c r="J32" s="63"/>
+      <c r="K32" s="63"/>
+      <c r="L32" s="63"/>
+      <c r="M32" s="132"/>
+      <c r="N32" s="23"/>
+      <c r="O32" s="24"/>
+      <c r="P32" s="24"/>
+      <c r="Q32" s="24"/>
+      <c r="R32" s="24"/>
+      <c r="S32" s="24"/>
+      <c r="T32" s="24"/>
+      <c r="U32" s="24"/>
+      <c r="V32" s="24"/>
+      <c r="W32" s="24"/>
+      <c r="X32" s="24"/>
+      <c r="Y32" s="25"/>
+      <c r="Z32" s="23"/>
+      <c r="AA32" s="24"/>
+      <c r="AB32" s="24"/>
+      <c r="AC32" s="24"/>
+      <c r="AD32" s="24"/>
+      <c r="AE32" s="24"/>
+      <c r="AF32" s="24"/>
+      <c r="AG32" s="24"/>
+      <c r="AH32" s="24"/>
+      <c r="AI32" s="24"/>
+      <c r="AJ32" s="24"/>
+      <c r="AK32" s="24"/>
+      <c r="AL32" s="41"/>
+      <c r="AM32" s="41"/>
+      <c r="AN32" s="41"/>
+      <c r="AO32" s="41"/>
+      <c r="AP32" s="41"/>
+      <c r="AQ32" s="41"/>
     </row>
     <row r="33" spans="1:43" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="11"/>
+      <c r="A33" s="59"/>
       <c r="B33" s="129"/>
       <c r="C33" s="130"/>
-      <c r="D33" s="54"/>
-[...38 lines deleted...]
-      <c r="AQ33" s="99"/>
+      <c r="D33" s="102"/>
+      <c r="E33" s="103"/>
+      <c r="F33" s="103"/>
+      <c r="G33" s="103"/>
+      <c r="H33" s="103"/>
+      <c r="I33" s="103"/>
+      <c r="J33" s="103"/>
+      <c r="K33" s="103"/>
+      <c r="L33" s="103"/>
+      <c r="M33" s="133"/>
+      <c r="N33" s="26"/>
+      <c r="O33" s="27"/>
+      <c r="P33" s="27"/>
+      <c r="Q33" s="27"/>
+      <c r="R33" s="27"/>
+      <c r="S33" s="27"/>
+      <c r="T33" s="27"/>
+      <c r="U33" s="27"/>
+      <c r="V33" s="27"/>
+      <c r="W33" s="27"/>
+      <c r="X33" s="27"/>
+      <c r="Y33" s="28"/>
+      <c r="Z33" s="26"/>
+      <c r="AA33" s="27"/>
+      <c r="AB33" s="27"/>
+      <c r="AC33" s="27"/>
+      <c r="AD33" s="27"/>
+      <c r="AE33" s="27"/>
+      <c r="AF33" s="27"/>
+      <c r="AG33" s="27"/>
+      <c r="AH33" s="27"/>
+      <c r="AI33" s="27"/>
+      <c r="AJ33" s="27"/>
+      <c r="AK33" s="27"/>
+      <c r="AL33" s="41"/>
+      <c r="AM33" s="41"/>
+      <c r="AN33" s="41"/>
+      <c r="AO33" s="41"/>
+      <c r="AP33" s="41"/>
+      <c r="AQ33" s="41"/>
     </row>
     <row r="34" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A34" s="11"/>
+      <c r="A34" s="59"/>
       <c r="B34" s="129"/>
       <c r="C34" s="130"/>
-      <c r="D34" s="44" t="s">
+      <c r="D34" s="99" t="s">
         <v>12</v>
       </c>
-      <c r="E34" s="44"/>
-[...8 lines deleted...]
-      <c r="N34" s="43" t="s">
+      <c r="E34" s="99"/>
+      <c r="F34" s="99"/>
+      <c r="G34" s="99"/>
+      <c r="H34" s="99"/>
+      <c r="I34" s="99"/>
+      <c r="J34" s="99"/>
+      <c r="K34" s="99"/>
+      <c r="L34" s="99"/>
+      <c r="M34" s="134"/>
+      <c r="N34" s="135" t="s">
         <v>15</v>
       </c>
-      <c r="O34" s="77"/>
-[...29 lines deleted...]
-      <c r="AQ34" s="99"/>
+      <c r="O34" s="33"/>
+      <c r="P34" s="33"/>
+      <c r="Q34" s="33"/>
+      <c r="R34" s="33"/>
+      <c r="S34" s="33"/>
+      <c r="T34" s="33"/>
+      <c r="U34" s="33"/>
+      <c r="V34" s="33"/>
+      <c r="W34" s="33"/>
+      <c r="X34" s="33"/>
+      <c r="Y34" s="34"/>
+      <c r="Z34" s="135" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA34" s="33"/>
+      <c r="AB34" s="33"/>
+      <c r="AC34" s="33"/>
+      <c r="AD34" s="33"/>
+      <c r="AE34" s="33"/>
+      <c r="AF34" s="33"/>
+      <c r="AG34" s="33"/>
+      <c r="AH34" s="33"/>
+      <c r="AI34" s="33"/>
+      <c r="AJ34" s="33"/>
+      <c r="AK34" s="34"/>
+      <c r="AL34" s="41"/>
+      <c r="AM34" s="41"/>
+      <c r="AN34" s="41"/>
+      <c r="AO34" s="41"/>
+      <c r="AP34" s="41"/>
+      <c r="AQ34" s="41"/>
     </row>
     <row r="35" spans="1:43" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A35" s="11"/>
+      <c r="A35" s="59"/>
       <c r="B35" s="129"/>
       <c r="C35" s="130"/>
-      <c r="D35" s="89"/>
-[...38 lines deleted...]
-      <c r="AQ35" s="99"/>
+      <c r="D35" s="63"/>
+      <c r="E35" s="63"/>
+      <c r="F35" s="63"/>
+      <c r="G35" s="63"/>
+      <c r="H35" s="63"/>
+      <c r="I35" s="63"/>
+      <c r="J35" s="63"/>
+      <c r="K35" s="63"/>
+      <c r="L35" s="63"/>
+      <c r="M35" s="132"/>
+      <c r="N35" s="29"/>
+      <c r="O35" s="30"/>
+      <c r="P35" s="30"/>
+      <c r="Q35" s="30"/>
+      <c r="R35" s="30"/>
+      <c r="S35" s="30"/>
+      <c r="T35" s="30"/>
+      <c r="U35" s="30"/>
+      <c r="V35" s="30"/>
+      <c r="W35" s="30"/>
+      <c r="X35" s="30"/>
+      <c r="Y35" s="30"/>
+      <c r="Z35" s="29"/>
+      <c r="AA35" s="30"/>
+      <c r="AB35" s="30"/>
+      <c r="AC35" s="30"/>
+      <c r="AD35" s="30"/>
+      <c r="AE35" s="30"/>
+      <c r="AF35" s="30"/>
+      <c r="AG35" s="30"/>
+      <c r="AH35" s="30"/>
+      <c r="AI35" s="30"/>
+      <c r="AJ35" s="30"/>
+      <c r="AK35" s="31"/>
+      <c r="AL35" s="41"/>
+      <c r="AM35" s="41"/>
+      <c r="AN35" s="41"/>
+      <c r="AO35" s="41"/>
+      <c r="AP35" s="41"/>
+      <c r="AQ35" s="41"/>
     </row>
     <row r="36" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A36" s="11"/>
+      <c r="A36" s="59"/>
       <c r="B36" s="129"/>
       <c r="C36" s="130"/>
-      <c r="D36" s="133" t="s">
+      <c r="D36" s="136" t="s">
         <v>0</v>
       </c>
-      <c r="E36" s="133"/>
-[...37 lines deleted...]
-      <c r="AQ36" s="99"/>
+      <c r="E36" s="136"/>
+      <c r="F36" s="136"/>
+      <c r="G36" s="136"/>
+      <c r="H36" s="136"/>
+      <c r="I36" s="136"/>
+      <c r="J36" s="136"/>
+      <c r="K36" s="136"/>
+      <c r="L36" s="136"/>
+      <c r="M36" s="137"/>
+      <c r="N36" s="20"/>
+      <c r="O36" s="20"/>
+      <c r="P36" s="20"/>
+      <c r="Q36" s="20"/>
+      <c r="R36" s="20"/>
+      <c r="S36" s="20"/>
+      <c r="T36" s="20"/>
+      <c r="U36" s="20"/>
+      <c r="V36" s="20"/>
+      <c r="W36" s="20"/>
+      <c r="X36" s="20"/>
+      <c r="Y36" s="20"/>
+      <c r="Z36" s="20"/>
+      <c r="AA36" s="20"/>
+      <c r="AB36" s="20"/>
+      <c r="AC36" s="20"/>
+      <c r="AD36" s="20"/>
+      <c r="AE36" s="20"/>
+      <c r="AF36" s="20"/>
+      <c r="AG36" s="20"/>
+      <c r="AH36" s="20"/>
+      <c r="AI36" s="20"/>
+      <c r="AJ36" s="20"/>
+      <c r="AK36" s="20"/>
+      <c r="AL36" s="41"/>
+      <c r="AM36" s="41"/>
+      <c r="AN36" s="41"/>
+      <c r="AO36" s="41"/>
+      <c r="AP36" s="41"/>
+      <c r="AQ36" s="41"/>
     </row>
     <row r="37" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A37" s="11"/>
+      <c r="A37" s="59"/>
       <c r="B37" s="129"/>
       <c r="C37" s="130"/>
-      <c r="D37" s="147" t="s">
-[...40 lines deleted...]
-      <c r="AQ37" s="99"/>
+      <c r="D37" s="126" t="s">
+        <v>58</v>
+      </c>
+      <c r="E37" s="127"/>
+      <c r="F37" s="127"/>
+      <c r="G37" s="127"/>
+      <c r="H37" s="127"/>
+      <c r="I37" s="127"/>
+      <c r="J37" s="127"/>
+      <c r="K37" s="127"/>
+      <c r="L37" s="127"/>
+      <c r="M37" s="128"/>
+      <c r="N37" s="38"/>
+      <c r="O37" s="39"/>
+      <c r="P37" s="39"/>
+      <c r="Q37" s="39"/>
+      <c r="R37" s="39"/>
+      <c r="S37" s="39"/>
+      <c r="T37" s="39"/>
+      <c r="U37" s="39"/>
+      <c r="V37" s="39"/>
+      <c r="W37" s="39"/>
+      <c r="X37" s="39"/>
+      <c r="Y37" s="40"/>
+      <c r="Z37" s="35"/>
+      <c r="AA37" s="36"/>
+      <c r="AB37" s="36"/>
+      <c r="AC37" s="36"/>
+      <c r="AD37" s="36"/>
+      <c r="AE37" s="36"/>
+      <c r="AF37" s="36"/>
+      <c r="AG37" s="36"/>
+      <c r="AH37" s="36"/>
+      <c r="AI37" s="36"/>
+      <c r="AJ37" s="36"/>
+      <c r="AK37" s="37"/>
+      <c r="AL37" s="41"/>
+      <c r="AM37" s="41"/>
+      <c r="AN37" s="41"/>
+      <c r="AO37" s="41"/>
+      <c r="AP37" s="41"/>
+      <c r="AQ37" s="41"/>
     </row>
     <row r="38" spans="1:43" ht="41.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A38" s="11"/>
+      <c r="A38" s="59"/>
       <c r="B38" s="129"/>
       <c r="C38" s="130"/>
-      <c r="D38" s="152" t="s">
-[...40 lines deleted...]
-      <c r="AQ38" s="99"/>
+      <c r="D38" s="138" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" s="139"/>
+      <c r="F38" s="139"/>
+      <c r="G38" s="139"/>
+      <c r="H38" s="139"/>
+      <c r="I38" s="139"/>
+      <c r="J38" s="139"/>
+      <c r="K38" s="139"/>
+      <c r="L38" s="139"/>
+      <c r="M38" s="140"/>
+      <c r="N38" s="21"/>
+      <c r="O38" s="22"/>
+      <c r="P38" s="22"/>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="22"/>
+      <c r="S38" s="22"/>
+      <c r="T38" s="22"/>
+      <c r="U38" s="22"/>
+      <c r="V38" s="22"/>
+      <c r="W38" s="22"/>
+      <c r="X38" s="22"/>
+      <c r="Y38" s="32"/>
+      <c r="Z38" s="21"/>
+      <c r="AA38" s="22"/>
+      <c r="AB38" s="22"/>
+      <c r="AC38" s="22"/>
+      <c r="AD38" s="22"/>
+      <c r="AE38" s="22"/>
+      <c r="AF38" s="22"/>
+      <c r="AG38" s="22"/>
+      <c r="AH38" s="22"/>
+      <c r="AI38" s="22"/>
+      <c r="AJ38" s="22"/>
+      <c r="AK38" s="22"/>
+      <c r="AL38" s="41"/>
+      <c r="AM38" s="41"/>
+      <c r="AN38" s="41"/>
+      <c r="AO38" s="41"/>
+      <c r="AP38" s="41"/>
+      <c r="AQ38" s="41"/>
     </row>
     <row r="39" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A39" s="11"/>
+      <c r="A39" s="59"/>
       <c r="B39" s="129"/>
       <c r="C39" s="130"/>
-      <c r="D39" s="142" t="s">
+      <c r="D39" s="141" t="s">
         <v>24</v>
       </c>
-      <c r="E39" s="142"/>
-[...39 lines deleted...]
-      <c r="AQ39" s="121"/>
+      <c r="E39" s="141"/>
+      <c r="F39" s="141"/>
+      <c r="G39" s="141"/>
+      <c r="H39" s="141"/>
+      <c r="I39" s="141"/>
+      <c r="J39" s="141"/>
+      <c r="K39" s="141"/>
+      <c r="L39" s="141"/>
+      <c r="M39" s="142"/>
+      <c r="N39" s="143" t="s">
+        <v>45</v>
+      </c>
+      <c r="O39" s="144"/>
+      <c r="P39" s="144"/>
+      <c r="Q39" s="144"/>
+      <c r="R39" s="144"/>
+      <c r="S39" s="144"/>
+      <c r="T39" s="144"/>
+      <c r="U39" s="144"/>
+      <c r="V39" s="144"/>
+      <c r="W39" s="144"/>
+      <c r="X39" s="144"/>
+      <c r="Y39" s="144"/>
+      <c r="Z39" s="144"/>
+      <c r="AA39" s="144"/>
+      <c r="AB39" s="144"/>
+      <c r="AC39" s="144"/>
+      <c r="AD39" s="144"/>
+      <c r="AE39" s="144"/>
+      <c r="AF39" s="144"/>
+      <c r="AG39" s="144"/>
+      <c r="AH39" s="144"/>
+      <c r="AI39" s="144"/>
+      <c r="AJ39" s="144"/>
+      <c r="AK39" s="144"/>
+      <c r="AL39" s="45"/>
+      <c r="AM39" s="46"/>
+      <c r="AN39" s="46"/>
+      <c r="AO39" s="46"/>
+      <c r="AP39" s="46"/>
+      <c r="AQ39" s="47"/>
     </row>
     <row r="40" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A40" s="11"/>
+      <c r="A40" s="59"/>
       <c r="B40" s="129"/>
       <c r="C40" s="130"/>
-      <c r="D40" s="144"/>
-[...38 lines deleted...]
-      <c r="AQ40" s="124"/>
+      <c r="D40" s="145"/>
+      <c r="E40" s="145"/>
+      <c r="F40" s="145"/>
+      <c r="G40" s="145"/>
+      <c r="H40" s="145"/>
+      <c r="I40" s="145"/>
+      <c r="J40" s="145"/>
+      <c r="K40" s="145"/>
+      <c r="L40" s="145"/>
+      <c r="M40" s="146"/>
+      <c r="N40" s="147"/>
+      <c r="O40" s="148"/>
+      <c r="P40" s="148"/>
+      <c r="Q40" s="148"/>
+      <c r="R40" s="148"/>
+      <c r="S40" s="148"/>
+      <c r="T40" s="148"/>
+      <c r="U40" s="148"/>
+      <c r="V40" s="148"/>
+      <c r="W40" s="148"/>
+      <c r="X40" s="148"/>
+      <c r="Y40" s="148"/>
+      <c r="Z40" s="148"/>
+      <c r="AA40" s="148"/>
+      <c r="AB40" s="148"/>
+      <c r="AC40" s="148"/>
+      <c r="AD40" s="148"/>
+      <c r="AE40" s="148"/>
+      <c r="AF40" s="148"/>
+      <c r="AG40" s="148"/>
+      <c r="AH40" s="148"/>
+      <c r="AI40" s="148"/>
+      <c r="AJ40" s="148"/>
+      <c r="AK40" s="148"/>
+      <c r="AL40" s="48"/>
+      <c r="AM40" s="49"/>
+      <c r="AN40" s="49"/>
+      <c r="AO40" s="49"/>
+      <c r="AP40" s="49"/>
+      <c r="AQ40" s="50"/>
     </row>
     <row r="41" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A41" s="11"/>
+      <c r="A41" s="59"/>
       <c r="B41" s="129"/>
       <c r="C41" s="130"/>
-      <c r="D41" s="44" t="s">
-[...11 lines deleted...]
-      <c r="N41" s="43" t="s">
+      <c r="D41" s="99" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" s="99"/>
+      <c r="F41" s="99"/>
+      <c r="G41" s="99"/>
+      <c r="H41" s="99"/>
+      <c r="I41" s="99"/>
+      <c r="J41" s="99"/>
+      <c r="K41" s="99"/>
+      <c r="L41" s="99"/>
+      <c r="M41" s="134"/>
+      <c r="N41" s="135" t="s">
         <v>15</v>
       </c>
-      <c r="O41" s="77"/>
-[...10 lines deleted...]
-      <c r="Z41" s="43" t="s">
+      <c r="O41" s="33"/>
+      <c r="P41" s="33"/>
+      <c r="Q41" s="33"/>
+      <c r="R41" s="33"/>
+      <c r="S41" s="33"/>
+      <c r="T41" s="33"/>
+      <c r="U41" s="33"/>
+      <c r="V41" s="33"/>
+      <c r="W41" s="33"/>
+      <c r="X41" s="33"/>
+      <c r="Y41" s="34"/>
+      <c r="Z41" s="135" t="s">
         <v>15</v>
       </c>
-      <c r="AA41" s="77"/>
-[...15 lines deleted...]
-      <c r="AQ41" s="99"/>
+      <c r="AA41" s="33"/>
+      <c r="AB41" s="33"/>
+      <c r="AC41" s="33"/>
+      <c r="AD41" s="33"/>
+      <c r="AE41" s="33"/>
+      <c r="AF41" s="33"/>
+      <c r="AG41" s="33"/>
+      <c r="AH41" s="33"/>
+      <c r="AI41" s="33"/>
+      <c r="AJ41" s="33"/>
+      <c r="AK41" s="34"/>
+      <c r="AL41" s="41"/>
+      <c r="AM41" s="41"/>
+      <c r="AN41" s="41"/>
+      <c r="AO41" s="41"/>
+      <c r="AP41" s="41"/>
+      <c r="AQ41" s="41"/>
     </row>
     <row r="42" spans="1:43" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A42" s="11"/>
+      <c r="A42" s="59"/>
       <c r="B42" s="129"/>
       <c r="C42" s="130"/>
-      <c r="D42" s="89"/>
-[...38 lines deleted...]
-      <c r="AQ42" s="99"/>
+      <c r="D42" s="63"/>
+      <c r="E42" s="63"/>
+      <c r="F42" s="63"/>
+      <c r="G42" s="63"/>
+      <c r="H42" s="63"/>
+      <c r="I42" s="63"/>
+      <c r="J42" s="63"/>
+      <c r="K42" s="63"/>
+      <c r="L42" s="63"/>
+      <c r="M42" s="132"/>
+      <c r="N42" s="29"/>
+      <c r="O42" s="30"/>
+      <c r="P42" s="30"/>
+      <c r="Q42" s="30"/>
+      <c r="R42" s="30"/>
+      <c r="S42" s="30"/>
+      <c r="T42" s="30"/>
+      <c r="U42" s="30"/>
+      <c r="V42" s="30"/>
+      <c r="W42" s="30"/>
+      <c r="X42" s="30"/>
+      <c r="Y42" s="31"/>
+      <c r="Z42" s="29"/>
+      <c r="AA42" s="30"/>
+      <c r="AB42" s="30"/>
+      <c r="AC42" s="30"/>
+      <c r="AD42" s="30"/>
+      <c r="AE42" s="30"/>
+      <c r="AF42" s="30"/>
+      <c r="AG42" s="30"/>
+      <c r="AH42" s="30"/>
+      <c r="AI42" s="30"/>
+      <c r="AJ42" s="30"/>
+      <c r="AK42" s="31"/>
+      <c r="AL42" s="41"/>
+      <c r="AM42" s="41"/>
+      <c r="AN42" s="41"/>
+      <c r="AO42" s="41"/>
+      <c r="AP42" s="41"/>
+      <c r="AQ42" s="41"/>
     </row>
     <row r="43" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A43" s="11"/>
+      <c r="A43" s="59"/>
       <c r="B43" s="129"/>
       <c r="C43" s="130"/>
-      <c r="D43" s="133" t="s">
+      <c r="D43" s="136" t="s">
         <v>0</v>
       </c>
-      <c r="E43" s="133"/>
-[...37 lines deleted...]
-      <c r="AQ43" s="99"/>
+      <c r="E43" s="136"/>
+      <c r="F43" s="136"/>
+      <c r="G43" s="136"/>
+      <c r="H43" s="136"/>
+      <c r="I43" s="136"/>
+      <c r="J43" s="136"/>
+      <c r="K43" s="136"/>
+      <c r="L43" s="136"/>
+      <c r="M43" s="137"/>
+      <c r="N43" s="20"/>
+      <c r="O43" s="20"/>
+      <c r="P43" s="20"/>
+      <c r="Q43" s="20"/>
+      <c r="R43" s="20"/>
+      <c r="S43" s="20"/>
+      <c r="T43" s="20"/>
+      <c r="U43" s="20"/>
+      <c r="V43" s="20"/>
+      <c r="W43" s="20"/>
+      <c r="X43" s="20"/>
+      <c r="Y43" s="20"/>
+      <c r="Z43" s="20"/>
+      <c r="AA43" s="20"/>
+      <c r="AB43" s="20"/>
+      <c r="AC43" s="20"/>
+      <c r="AD43" s="20"/>
+      <c r="AE43" s="20"/>
+      <c r="AF43" s="20"/>
+      <c r="AG43" s="20"/>
+      <c r="AH43" s="20"/>
+      <c r="AI43" s="20"/>
+      <c r="AJ43" s="20"/>
+      <c r="AK43" s="20"/>
+      <c r="AL43" s="41"/>
+      <c r="AM43" s="41"/>
+      <c r="AN43" s="41"/>
+      <c r="AO43" s="41"/>
+      <c r="AP43" s="41"/>
+      <c r="AQ43" s="41"/>
     </row>
     <row r="44" spans="1:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A44" s="11"/>
+      <c r="A44" s="59"/>
       <c r="B44" s="129"/>
       <c r="C44" s="130"/>
-      <c r="D44" s="147" t="s">
-[...40 lines deleted...]
-      <c r="AQ44" s="99"/>
+      <c r="D44" s="126" t="s">
+        <v>58</v>
+      </c>
+      <c r="E44" s="127"/>
+      <c r="F44" s="127"/>
+      <c r="G44" s="127"/>
+      <c r="H44" s="127"/>
+      <c r="I44" s="127"/>
+      <c r="J44" s="127"/>
+      <c r="K44" s="127"/>
+      <c r="L44" s="127"/>
+      <c r="M44" s="128"/>
+      <c r="N44" s="35"/>
+      <c r="O44" s="36"/>
+      <c r="P44" s="36"/>
+      <c r="Q44" s="36"/>
+      <c r="R44" s="36"/>
+      <c r="S44" s="36"/>
+      <c r="T44" s="36"/>
+      <c r="U44" s="36"/>
+      <c r="V44" s="36"/>
+      <c r="W44" s="36"/>
+      <c r="X44" s="36"/>
+      <c r="Y44" s="37"/>
+      <c r="Z44" s="35"/>
+      <c r="AA44" s="36"/>
+      <c r="AB44" s="36"/>
+      <c r="AC44" s="36"/>
+      <c r="AD44" s="36"/>
+      <c r="AE44" s="36"/>
+      <c r="AF44" s="36"/>
+      <c r="AG44" s="36"/>
+      <c r="AH44" s="36"/>
+      <c r="AI44" s="36"/>
+      <c r="AJ44" s="36"/>
+      <c r="AK44" s="37"/>
+      <c r="AL44" s="41"/>
+      <c r="AM44" s="41"/>
+      <c r="AN44" s="41"/>
+      <c r="AO44" s="41"/>
+      <c r="AP44" s="41"/>
+      <c r="AQ44" s="41"/>
     </row>
     <row r="45" spans="1:43" ht="27" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A45" s="11"/>
+      <c r="A45" s="59"/>
       <c r="B45" s="129"/>
       <c r="C45" s="130"/>
-      <c r="D45" s="152" t="s">
+      <c r="D45" s="138" t="s">
         <v>31</v>
       </c>
-      <c r="E45" s="153"/>
-[...37 lines deleted...]
-      <c r="AQ45" s="99"/>
+      <c r="E45" s="139"/>
+      <c r="F45" s="139"/>
+      <c r="G45" s="139"/>
+      <c r="H45" s="139"/>
+      <c r="I45" s="139"/>
+      <c r="J45" s="139"/>
+      <c r="K45" s="139"/>
+      <c r="L45" s="139"/>
+      <c r="M45" s="140"/>
+      <c r="N45" s="42"/>
+      <c r="O45" s="43"/>
+      <c r="P45" s="43"/>
+      <c r="Q45" s="43"/>
+      <c r="R45" s="43"/>
+      <c r="S45" s="43"/>
+      <c r="T45" s="43"/>
+      <c r="U45" s="43"/>
+      <c r="V45" s="43"/>
+      <c r="W45" s="43"/>
+      <c r="X45" s="43"/>
+      <c r="Y45" s="44"/>
+      <c r="Z45" s="42"/>
+      <c r="AA45" s="43"/>
+      <c r="AB45" s="43"/>
+      <c r="AC45" s="43"/>
+      <c r="AD45" s="43"/>
+      <c r="AE45" s="43"/>
+      <c r="AF45" s="43"/>
+      <c r="AG45" s="43"/>
+      <c r="AH45" s="43"/>
+      <c r="AI45" s="43"/>
+      <c r="AJ45" s="43"/>
+      <c r="AK45" s="44"/>
+      <c r="AL45" s="41"/>
+      <c r="AM45" s="41"/>
+      <c r="AN45" s="41"/>
+      <c r="AO45" s="41"/>
+      <c r="AP45" s="41"/>
+      <c r="AQ45" s="41"/>
     </row>
     <row r="46" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A46" s="11"/>
+      <c r="A46" s="59"/>
       <c r="B46" s="129"/>
       <c r="C46" s="130"/>
-      <c r="D46" s="135" t="s">
+      <c r="D46" s="149" t="s">
         <v>5</v>
       </c>
-      <c r="E46" s="135"/>
-[...39 lines deleted...]
-      <c r="AQ46" s="99"/>
+      <c r="E46" s="149"/>
+      <c r="F46" s="149"/>
+      <c r="G46" s="149"/>
+      <c r="H46" s="149"/>
+      <c r="I46" s="149"/>
+      <c r="J46" s="149"/>
+      <c r="K46" s="149"/>
+      <c r="L46" s="149"/>
+      <c r="M46" s="150"/>
+      <c r="N46" s="151" t="s">
+        <v>46</v>
+      </c>
+      <c r="O46" s="151"/>
+      <c r="P46" s="151"/>
+      <c r="Q46" s="151"/>
+      <c r="R46" s="151"/>
+      <c r="S46" s="151"/>
+      <c r="T46" s="151"/>
+      <c r="U46" s="151"/>
+      <c r="V46" s="151"/>
+      <c r="W46" s="151"/>
+      <c r="X46" s="151"/>
+      <c r="Y46" s="151"/>
+      <c r="Z46" s="151"/>
+      <c r="AA46" s="151"/>
+      <c r="AB46" s="151"/>
+      <c r="AC46" s="151"/>
+      <c r="AD46" s="151"/>
+      <c r="AE46" s="151"/>
+      <c r="AF46" s="151"/>
+      <c r="AG46" s="151"/>
+      <c r="AH46" s="151"/>
+      <c r="AI46" s="151"/>
+      <c r="AJ46" s="151"/>
+      <c r="AK46" s="151"/>
+      <c r="AL46" s="41"/>
+      <c r="AM46" s="41"/>
+      <c r="AN46" s="41"/>
+      <c r="AO46" s="41"/>
+      <c r="AP46" s="41"/>
+      <c r="AQ46" s="41"/>
     </row>
     <row r="47" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A47" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ47" s="99"/>
+      <c r="A47" s="59"/>
+      <c r="B47" s="152"/>
+      <c r="C47" s="153"/>
+      <c r="D47" s="80"/>
+      <c r="E47" s="80"/>
+      <c r="F47" s="80"/>
+      <c r="G47" s="80"/>
+      <c r="H47" s="80"/>
+      <c r="I47" s="80"/>
+      <c r="J47" s="80"/>
+      <c r="K47" s="80"/>
+      <c r="L47" s="80"/>
+      <c r="M47" s="154"/>
+      <c r="N47" s="151"/>
+      <c r="O47" s="151"/>
+      <c r="P47" s="151"/>
+      <c r="Q47" s="151"/>
+      <c r="R47" s="151"/>
+      <c r="S47" s="151"/>
+      <c r="T47" s="151"/>
+      <c r="U47" s="151"/>
+      <c r="V47" s="151"/>
+      <c r="W47" s="151"/>
+      <c r="X47" s="151"/>
+      <c r="Y47" s="151"/>
+      <c r="Z47" s="151"/>
+      <c r="AA47" s="151"/>
+      <c r="AB47" s="151"/>
+      <c r="AC47" s="151"/>
+      <c r="AD47" s="151"/>
+      <c r="AE47" s="151"/>
+      <c r="AF47" s="151"/>
+      <c r="AG47" s="151"/>
+      <c r="AH47" s="151"/>
+      <c r="AI47" s="151"/>
+      <c r="AJ47" s="151"/>
+      <c r="AK47" s="151"/>
+      <c r="AL47" s="41"/>
+      <c r="AM47" s="41"/>
+      <c r="AN47" s="41"/>
+      <c r="AO47" s="41"/>
+      <c r="AP47" s="41"/>
+      <c r="AQ47" s="41"/>
     </row>
     <row r="48" spans="1:43" ht="6" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A48" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ48" s="29"/>
+      <c r="A48" s="59"/>
+      <c r="B48" s="155"/>
+      <c r="C48" s="155"/>
+      <c r="D48" s="62"/>
+      <c r="E48" s="62"/>
+      <c r="F48" s="62"/>
+      <c r="G48" s="62"/>
+      <c r="H48" s="62"/>
+      <c r="I48" s="62"/>
+      <c r="J48" s="62"/>
+      <c r="K48" s="62"/>
+      <c r="L48" s="62"/>
+      <c r="M48" s="62"/>
+      <c r="N48" s="82"/>
+      <c r="O48" s="82"/>
+      <c r="P48" s="82"/>
+      <c r="Q48" s="82"/>
+      <c r="R48" s="82"/>
+      <c r="S48" s="82"/>
+      <c r="T48" s="82"/>
+      <c r="U48" s="82"/>
+      <c r="V48" s="82"/>
+      <c r="W48" s="82"/>
+      <c r="X48" s="82"/>
+      <c r="Y48" s="82"/>
+      <c r="Z48" s="82"/>
+      <c r="AA48" s="82"/>
+      <c r="AB48" s="82"/>
+      <c r="AC48" s="82"/>
+      <c r="AD48" s="82"/>
+      <c r="AE48" s="82"/>
+      <c r="AF48" s="82"/>
+      <c r="AG48" s="82"/>
+      <c r="AH48" s="82"/>
+      <c r="AI48" s="82"/>
+      <c r="AJ48" s="82"/>
+      <c r="AK48" s="82"/>
+      <c r="AL48" s="156"/>
+      <c r="AM48" s="156"/>
+      <c r="AN48" s="156"/>
+      <c r="AO48" s="156"/>
+      <c r="AP48" s="156"/>
+      <c r="AQ48" s="156"/>
     </row>
     <row r="49" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A49" s="11"/>
-[...25 lines deleted...]
-      <c r="Y49" s="67" t="s">
+      <c r="A49" s="59"/>
+      <c r="B49" s="157" t="s">
+        <v>40</v>
+      </c>
+      <c r="C49" s="157"/>
+      <c r="D49" s="157"/>
+      <c r="E49" s="157"/>
+      <c r="F49" s="157"/>
+      <c r="G49" s="157"/>
+      <c r="H49" s="157"/>
+      <c r="I49" s="157"/>
+      <c r="J49" s="157"/>
+      <c r="K49" s="157"/>
+      <c r="L49" s="157"/>
+      <c r="M49" s="157"/>
+      <c r="N49" s="157"/>
+      <c r="O49" s="157"/>
+      <c r="P49" s="157"/>
+      <c r="Q49" s="157"/>
+      <c r="R49" s="157"/>
+      <c r="S49" s="157"/>
+      <c r="T49" s="157"/>
+      <c r="U49" s="157"/>
+      <c r="V49" s="157"/>
+      <c r="W49" s="157"/>
+      <c r="X49" s="59"/>
+      <c r="Y49" s="158" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z49" s="159"/>
+      <c r="AA49" s="159"/>
+      <c r="AB49" s="159"/>
+      <c r="AC49" s="159"/>
+      <c r="AD49" s="159"/>
+      <c r="AE49" s="159"/>
+      <c r="AF49" s="159"/>
+      <c r="AG49" s="160"/>
+      <c r="AH49" s="161" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI49" s="162"/>
+      <c r="AJ49" s="163" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK49" s="56"/>
+      <c r="AL49" s="56"/>
+      <c r="AM49" s="56"/>
+      <c r="AN49" s="56"/>
+      <c r="AO49" s="56"/>
+      <c r="AP49" s="56"/>
+      <c r="AQ49" s="57"/>
+    </row>
+    <row r="50" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="59"/>
+      <c r="B50" s="157"/>
+      <c r="C50" s="157"/>
+      <c r="D50" s="157"/>
+      <c r="E50" s="157"/>
+      <c r="F50" s="157"/>
+      <c r="G50" s="157"/>
+      <c r="H50" s="157"/>
+      <c r="I50" s="157"/>
+      <c r="J50" s="157"/>
+      <c r="K50" s="157"/>
+      <c r="L50" s="157"/>
+      <c r="M50" s="157"/>
+      <c r="N50" s="157"/>
+      <c r="O50" s="157"/>
+      <c r="P50" s="157"/>
+      <c r="Q50" s="157"/>
+      <c r="R50" s="157"/>
+      <c r="S50" s="157"/>
+      <c r="T50" s="157"/>
+      <c r="U50" s="157"/>
+      <c r="V50" s="157"/>
+      <c r="W50" s="157"/>
+      <c r="X50" s="59"/>
+      <c r="Y50" s="164"/>
+      <c r="Z50" s="165"/>
+      <c r="AA50" s="165"/>
+      <c r="AB50" s="165"/>
+      <c r="AC50" s="165"/>
+      <c r="AD50" s="165"/>
+      <c r="AE50" s="165"/>
+      <c r="AF50" s="165"/>
+      <c r="AG50" s="166"/>
+      <c r="AH50" s="167" t="s">
+        <v>37</v>
+      </c>
+      <c r="AI50" s="168"/>
+      <c r="AJ50" s="169" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK50" s="54"/>
+      <c r="AL50" s="54"/>
+      <c r="AM50" s="54"/>
+      <c r="AN50" s="54"/>
+      <c r="AO50" s="54"/>
+      <c r="AP50" s="54"/>
+      <c r="AQ50" s="55"/>
+    </row>
+    <row r="51" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="59"/>
+      <c r="B51" s="157"/>
+      <c r="C51" s="157"/>
+      <c r="D51" s="157"/>
+      <c r="E51" s="157"/>
+      <c r="F51" s="157"/>
+      <c r="G51" s="157"/>
+      <c r="H51" s="157"/>
+      <c r="I51" s="157"/>
+      <c r="J51" s="157"/>
+      <c r="K51" s="157"/>
+      <c r="L51" s="157"/>
+      <c r="M51" s="157"/>
+      <c r="N51" s="157"/>
+      <c r="O51" s="157"/>
+      <c r="P51" s="157"/>
+      <c r="Q51" s="157"/>
+      <c r="R51" s="157"/>
+      <c r="S51" s="157"/>
+      <c r="T51" s="157"/>
+      <c r="U51" s="157"/>
+      <c r="V51" s="157"/>
+      <c r="W51" s="157"/>
+      <c r="X51" s="59"/>
+      <c r="Y51" s="158" t="s">
         <v>44</v>
       </c>
-      <c r="Z49" s="68"/>
-[...7 lines deleted...]
-      <c r="AH49" s="73" t="s">
+      <c r="Z51" s="159"/>
+      <c r="AA51" s="159"/>
+      <c r="AB51" s="159"/>
+      <c r="AC51" s="159"/>
+      <c r="AD51" s="159"/>
+      <c r="AE51" s="159"/>
+      <c r="AF51" s="159"/>
+      <c r="AG51" s="160"/>
+      <c r="AH51" s="161" t="s">
         <v>4</v>
       </c>
-      <c r="AI49" s="74"/>
-      <c r="AJ49" s="30" t="s">
+      <c r="AI51" s="162"/>
+      <c r="AJ51" s="170" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK51" s="56"/>
+      <c r="AL51" s="56"/>
+      <c r="AM51" s="56"/>
+      <c r="AN51" s="56"/>
+      <c r="AO51" s="56"/>
+      <c r="AP51" s="56"/>
+      <c r="AQ51" s="57"/>
+    </row>
+    <row r="52" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="59"/>
+      <c r="B52" s="155"/>
+      <c r="C52" s="155"/>
+      <c r="D52" s="62"/>
+      <c r="E52" s="62"/>
+      <c r="F52" s="62"/>
+      <c r="G52" s="62"/>
+      <c r="H52" s="62"/>
+      <c r="I52" s="62"/>
+      <c r="J52" s="62"/>
+      <c r="K52" s="62"/>
+      <c r="L52" s="62"/>
+      <c r="M52" s="62"/>
+      <c r="N52" s="82"/>
+      <c r="O52" s="82"/>
+      <c r="P52" s="82"/>
+      <c r="Q52" s="82"/>
+      <c r="R52" s="82"/>
+      <c r="S52" s="82"/>
+      <c r="T52" s="59"/>
+      <c r="U52" s="59"/>
+      <c r="V52" s="171"/>
+      <c r="W52" s="171"/>
+      <c r="X52" s="59"/>
+      <c r="Y52" s="172" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z52" s="173"/>
+      <c r="AA52" s="173"/>
+      <c r="AB52" s="173"/>
+      <c r="AC52" s="173"/>
+      <c r="AD52" s="173"/>
+      <c r="AE52" s="173"/>
+      <c r="AF52" s="173"/>
+      <c r="AG52" s="174"/>
+      <c r="AH52" s="167" t="s">
         <v>37</v>
       </c>
-      <c r="AK49" s="59"/>
-[...156 lines deleted...]
-      <c r="AQ52" s="58"/>
+      <c r="AI52" s="168"/>
+      <c r="AJ52" s="175" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK52" s="54"/>
+      <c r="AL52" s="54"/>
+      <c r="AM52" s="54"/>
+      <c r="AN52" s="54"/>
+      <c r="AO52" s="54"/>
+      <c r="AP52" s="54"/>
+      <c r="AQ52" s="55"/>
     </row>
     <row r="53" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A53" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ53" s="11"/>
+      <c r="A53" s="59"/>
+      <c r="B53" s="59"/>
+      <c r="C53" s="59"/>
+      <c r="D53" s="59"/>
+      <c r="E53" s="59"/>
+      <c r="F53" s="59"/>
+      <c r="G53" s="59"/>
+      <c r="H53" s="59"/>
+      <c r="I53" s="176"/>
+      <c r="J53" s="59"/>
+      <c r="K53" s="59"/>
+      <c r="L53" s="59"/>
+      <c r="M53" s="59"/>
+      <c r="N53" s="59"/>
+      <c r="O53" s="59"/>
+      <c r="P53" s="59"/>
+      <c r="Q53" s="59"/>
+      <c r="R53" s="59"/>
+      <c r="S53" s="59"/>
+      <c r="T53" s="59"/>
+      <c r="U53" s="59"/>
+      <c r="V53" s="59"/>
+      <c r="W53" s="59"/>
+      <c r="X53" s="59"/>
+      <c r="Y53" s="59"/>
+      <c r="Z53" s="59"/>
+      <c r="AA53" s="59"/>
+      <c r="AB53" s="59"/>
+      <c r="AC53" s="59"/>
+      <c r="AD53" s="59"/>
+      <c r="AE53" s="59"/>
+      <c r="AF53" s="59"/>
+      <c r="AG53" s="59"/>
+      <c r="AH53" s="59"/>
+      <c r="AI53" s="59"/>
+      <c r="AJ53" s="59"/>
+      <c r="AK53" s="59"/>
+      <c r="AL53" s="59"/>
+      <c r="AM53" s="59"/>
+      <c r="AN53" s="59"/>
+      <c r="AO53" s="59"/>
+      <c r="AP53" s="59"/>
+      <c r="AQ53" s="59"/>
     </row>
     <row r="54" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A54" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ54" s="11"/>
+      <c r="A54" s="59"/>
+      <c r="B54" s="59"/>
+      <c r="C54" s="59"/>
+      <c r="D54" s="59"/>
+      <c r="E54" s="59"/>
+      <c r="F54" s="59"/>
+      <c r="G54" s="59"/>
+      <c r="H54" s="59"/>
+      <c r="I54" s="59"/>
+      <c r="J54" s="59"/>
+      <c r="K54" s="59"/>
+      <c r="L54" s="59"/>
+      <c r="M54" s="59"/>
+      <c r="N54" s="59"/>
+      <c r="O54" s="59"/>
+      <c r="P54" s="59"/>
+      <c r="Q54" s="59"/>
+      <c r="R54" s="59"/>
+      <c r="S54" s="59"/>
+      <c r="T54" s="59"/>
+      <c r="U54" s="59"/>
+      <c r="V54" s="59"/>
+      <c r="W54" s="59"/>
+      <c r="X54" s="59"/>
+      <c r="Y54" s="59"/>
+      <c r="Z54" s="59"/>
+      <c r="AA54" s="59"/>
+      <c r="AB54" s="59"/>
+      <c r="AC54" s="59"/>
+      <c r="AD54" s="59"/>
+      <c r="AE54" s="59"/>
+      <c r="AF54" s="59"/>
+      <c r="AG54" s="59"/>
+      <c r="AH54" s="59"/>
+      <c r="AI54" s="59"/>
+      <c r="AJ54" s="59"/>
+      <c r="AK54" s="59"/>
+      <c r="AL54" s="59"/>
+      <c r="AM54" s="59"/>
+      <c r="AN54" s="59"/>
+      <c r="AO54" s="59"/>
+      <c r="AP54" s="59"/>
+      <c r="AQ54" s="59"/>
     </row>
     <row r="55" spans="1:43" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="11"/>
-[...41 lines deleted...]
-      <c r="AQ55" s="11"/>
+      <c r="A55" s="59"/>
+      <c r="B55" s="59"/>
+      <c r="C55" s="59"/>
+      <c r="D55" s="59"/>
+      <c r="E55" s="59"/>
+      <c r="F55" s="59"/>
+      <c r="G55" s="59"/>
+      <c r="H55" s="59"/>
+      <c r="I55" s="59"/>
+      <c r="J55" s="59"/>
+      <c r="K55" s="59"/>
+      <c r="L55" s="59"/>
+      <c r="M55" s="59"/>
+      <c r="N55" s="59"/>
+      <c r="O55" s="59"/>
+      <c r="P55" s="59"/>
+      <c r="Q55" s="59"/>
+      <c r="R55" s="59"/>
+      <c r="S55" s="59"/>
+      <c r="T55" s="59"/>
+      <c r="U55" s="59"/>
+      <c r="V55" s="59"/>
+      <c r="W55" s="59"/>
+      <c r="X55" s="59"/>
+      <c r="Y55" s="59"/>
+      <c r="Z55" s="59"/>
+      <c r="AA55" s="59"/>
+      <c r="AB55" s="59"/>
+      <c r="AC55" s="59"/>
+      <c r="AD55" s="59"/>
+      <c r="AE55" s="59"/>
+      <c r="AF55" s="59"/>
+      <c r="AG55" s="59"/>
+      <c r="AH55" s="59"/>
+      <c r="AI55" s="59"/>
+      <c r="AJ55" s="59"/>
+      <c r="AK55" s="59"/>
+      <c r="AL55" s="59"/>
+      <c r="AM55" s="59"/>
+      <c r="AN55" s="59"/>
+      <c r="AO55" s="59"/>
+      <c r="AP55" s="59"/>
+      <c r="AQ55" s="59"/>
     </row>
     <row r="59" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B59" s="8"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="9"/>
       <c r="F59" s="9"/>
       <c r="G59" s="9"/>
       <c r="H59" s="9"/>
       <c r="I59" s="9"/>
       <c r="J59" s="9"/>
     </row>
     <row r="60" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B60" s="8"/>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
       <c r="I60" s="4"/>
       <c r="J60" s="4"/>
     </row>
     <row r="61" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B61" s="8"/>
@@ -5339,172 +5333,172 @@
       <c r="J81" s="4"/>
     </row>
     <row r="82" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B82" s="8"/>
       <c r="C82" s="10"/>
       <c r="D82" s="10"/>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4"/>
       <c r="I82" s="4"/>
       <c r="J82" s="4"/>
     </row>
     <row r="83" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B83" s="8"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="4"/>
       <c r="H83" s="4"/>
       <c r="I83" s="4"/>
       <c r="J83" s="4"/>
     </row>
   </sheetData>
-  <sheetProtection formatCells="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Sw21/Nbno+0cjJQaQFlZY2tncUBsMpVoLBKNNMd8wZ9wwoCSv4ayYjUasarkb9GSH2sq1qfql9bqMna6SarMdA==" saltValue="U/pvbmf2KBf04nGo5g4jEg==" spinCount="100000" sheet="1" formatCells="0"/>
   <mergeCells count="120">
+    <mergeCell ref="AL26:AQ27"/>
+    <mergeCell ref="T24:T25"/>
+    <mergeCell ref="Y24:Y25"/>
+    <mergeCell ref="P22:V23"/>
+    <mergeCell ref="X22:AF23"/>
+    <mergeCell ref="N22:O23"/>
+    <mergeCell ref="W22:W23"/>
+    <mergeCell ref="X24:X25"/>
+    <mergeCell ref="Z24:AB25"/>
+    <mergeCell ref="AC24:AD25"/>
+    <mergeCell ref="AE24:AG25"/>
+    <mergeCell ref="AH24:AH25"/>
+    <mergeCell ref="AK50:AQ50"/>
+    <mergeCell ref="AK51:AQ51"/>
+    <mergeCell ref="AK52:AQ52"/>
+    <mergeCell ref="B49:W51"/>
+    <mergeCell ref="AH52:AI52"/>
+    <mergeCell ref="Y52:AG52"/>
+    <mergeCell ref="Y51:AG51"/>
+    <mergeCell ref="Y49:AG50"/>
+    <mergeCell ref="AH50:AI50"/>
+    <mergeCell ref="AH51:AI51"/>
+    <mergeCell ref="AH49:AI49"/>
+    <mergeCell ref="AK49:AQ49"/>
+    <mergeCell ref="N35:Y35"/>
+    <mergeCell ref="O34:Y34"/>
+    <mergeCell ref="AA34:AK34"/>
+    <mergeCell ref="N31:Y31"/>
+    <mergeCell ref="Z31:AK31"/>
+    <mergeCell ref="B9:C11"/>
+    <mergeCell ref="B19:AQ19"/>
+    <mergeCell ref="AP12:AQ13"/>
+    <mergeCell ref="F9:G11"/>
+    <mergeCell ref="B12:Q12"/>
+    <mergeCell ref="B13:Q13"/>
+    <mergeCell ref="S10:Y13"/>
+    <mergeCell ref="D9:E11"/>
+    <mergeCell ref="B14:E14"/>
+    <mergeCell ref="H9:I11"/>
+    <mergeCell ref="J9:K11"/>
+    <mergeCell ref="L9:M11"/>
+    <mergeCell ref="N9:O11"/>
+    <mergeCell ref="R10:R11"/>
+    <mergeCell ref="C18:AQ18"/>
+    <mergeCell ref="Z12:AO13"/>
+    <mergeCell ref="Z10:AQ11"/>
+    <mergeCell ref="AG22:AQ23"/>
+    <mergeCell ref="N26:U27"/>
+    <mergeCell ref="Z37:AK37"/>
+    <mergeCell ref="AL46:AQ47"/>
+    <mergeCell ref="AL41:AQ43"/>
+    <mergeCell ref="AL31:AQ33"/>
+    <mergeCell ref="D22:M23"/>
+    <mergeCell ref="D20:M21"/>
+    <mergeCell ref="D24:M25"/>
+    <mergeCell ref="Z44:AK44"/>
+    <mergeCell ref="N45:Y45"/>
+    <mergeCell ref="Z45:AK45"/>
+    <mergeCell ref="Z29:AK30"/>
+    <mergeCell ref="N39:AK40"/>
+    <mergeCell ref="Z43:AK43"/>
+    <mergeCell ref="AL37:AQ38"/>
+    <mergeCell ref="AL34:AQ36"/>
+    <mergeCell ref="AL29:AQ30"/>
+    <mergeCell ref="Z32:AK33"/>
+    <mergeCell ref="Z35:AK35"/>
+    <mergeCell ref="N46:AK47"/>
+    <mergeCell ref="AL39:AQ40"/>
+    <mergeCell ref="AL44:AQ45"/>
+    <mergeCell ref="N43:Y43"/>
+    <mergeCell ref="N42:Y42"/>
+    <mergeCell ref="N29:Y30"/>
+    <mergeCell ref="B29:M30"/>
+    <mergeCell ref="Z36:AK36"/>
+    <mergeCell ref="Z38:AK38"/>
+    <mergeCell ref="B31:C47"/>
+    <mergeCell ref="D36:M36"/>
+    <mergeCell ref="D46:M47"/>
+    <mergeCell ref="D34:M35"/>
+    <mergeCell ref="N32:Y33"/>
+    <mergeCell ref="Z42:AK42"/>
+    <mergeCell ref="D41:M42"/>
+    <mergeCell ref="N36:Y36"/>
+    <mergeCell ref="D39:M40"/>
+    <mergeCell ref="N38:Y38"/>
+    <mergeCell ref="D43:M43"/>
+    <mergeCell ref="O41:Y41"/>
+    <mergeCell ref="AA41:AK41"/>
+    <mergeCell ref="D31:M31"/>
+    <mergeCell ref="D32:M33"/>
+    <mergeCell ref="D45:M45"/>
+    <mergeCell ref="D44:M44"/>
+    <mergeCell ref="N44:Y44"/>
+    <mergeCell ref="D38:M38"/>
+    <mergeCell ref="D37:M37"/>
+    <mergeCell ref="N37:Y37"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="J3:Q3"/>
     <mergeCell ref="J4:Q4"/>
     <mergeCell ref="J5:Q5"/>
     <mergeCell ref="C7:AL7"/>
     <mergeCell ref="R3:AE5"/>
     <mergeCell ref="C3:E5"/>
     <mergeCell ref="F3:H5"/>
     <mergeCell ref="V26:W27"/>
     <mergeCell ref="X26:X27"/>
     <mergeCell ref="Y26:Z27"/>
     <mergeCell ref="B20:C27"/>
     <mergeCell ref="D26:M27"/>
     <mergeCell ref="N20:AQ21"/>
     <mergeCell ref="N24:P25"/>
     <mergeCell ref="Q24:Q25"/>
     <mergeCell ref="R24:S25"/>
     <mergeCell ref="U24:W25"/>
     <mergeCell ref="C8:AL8"/>
     <mergeCell ref="C16:AQ16"/>
     <mergeCell ref="C17:AQ17"/>
     <mergeCell ref="AA26:AB27"/>
     <mergeCell ref="AC26:AI27"/>
     <mergeCell ref="AJ26:AK27"/>
-    <mergeCell ref="B29:M30"/>
-[...94 lines deleted...]
-    <mergeCell ref="AH24:AH25"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P22:V23" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"一級,二級,木造"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.78740157480314965" right="0.45" top="0.45" bottom="0.35" header="0.27" footer="0.2"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>